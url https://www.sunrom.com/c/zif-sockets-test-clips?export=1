--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/zif-sockets-test-clips</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 15:06:46</t>
+    <t>18-Dec-2025 11:49:11</t>
   </si>
   <si>
     <t>40 pin ZIF Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4438</t>
   </si>
   <si>
     <t>Universal Test Clip for upto SOIC16 1.27mm both Narrow &amp; Wide Body</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5730</t>
   </si>
   <si>
     <t>SOIC8 - 1.27mm - Wide Body 5.25/5.28/5.3/5.4mm (0.209 inch) - ZIF Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5409</t>
   </si>
   <si>
     <t>SOIC16 - 1.27mm - Body 3.9mm - ZIF Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5410</t>
   </si>