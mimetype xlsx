--- v1 (2025-12-18)
+++ v2 (2026-03-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/zif-sockets-test-clips</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 11:49:11</t>
+    <t>07-Mar-2026 06:54:00</t>
   </si>
   <si>
     <t>40 pin ZIF Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4438</t>
   </si>
   <si>
     <t>Universal Test Clip for upto SOIC16 1.27mm both Narrow &amp; Wide Body</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5730</t>
   </si>
   <si>
     <t>SOIC8 - 1.27mm - Wide Body 5.25/5.28/5.3/5.4mm (0.209 inch) - ZIF Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5409</t>
   </si>
   <si>
     <t>SOIC16 - 1.27mm - Body 3.9mm - ZIF Socket</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5410</t>
   </si>