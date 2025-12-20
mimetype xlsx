--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/zener-diodes</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:41:28</t>
+    <t>20-Dec-2025 14:34:23</t>
   </si>
   <si>
     <t>12V 0.5W BZV55C12 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5923</t>
   </si>
   <si>
     <t>27V 0.5W BZV55C27 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5924</t>
   </si>
   <si>
     <t>18V 0.5W BZV55C18 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5930</t>
   </si>
   <si>
     <t>2.4V 0.5W BZV55C2V4 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5932</t>
   </si>