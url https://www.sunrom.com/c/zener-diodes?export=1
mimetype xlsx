--- v1 (2025-12-20)
+++ v2 (2026-03-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/zener-diodes</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>20-Dec-2025 14:34:23</t>
+    <t>14-Mar-2026 18:54:58</t>
   </si>
   <si>
     <t>12V 0.5W BZV55C12 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5923</t>
   </si>
   <si>
     <t>27V 0.5W BZV55C27 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5924</t>
   </si>
   <si>
     <t>18V 0.5W BZV55C18 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5930</t>
   </si>
   <si>
     <t>2.4V 0.5W BZV55C2V4 Zener Glass Package LL-34 SOD80</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5932</t>
   </si>