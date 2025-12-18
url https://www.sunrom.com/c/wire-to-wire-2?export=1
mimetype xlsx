--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/wire-to-wire-2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 15:00:54</t>
+    <t>18-Dec-2025 06:49:14</t>
   </si>
   <si>
     <t>Wire to Wire Quick Pluggable 2 pin Power Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7214</t>
   </si>
   <si>
     <t>4 sq. mm Insulated Wire to Wire Crimp Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6938</t>
   </si>
   <si>
     <t>1.5 sq. mm Wire to Wire Insulated Crimp Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6536</t>
   </si>
   <si>
     <t>1.5 sq. mm Non-Insulated Wire to Wire Crimp Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6539</t>
   </si>
@@ -530,51 +530,51 @@
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
         <v>7214</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>32.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>6938</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>16.25</v>
+        <v>14.75</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>6536</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>6.75</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>6539</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>