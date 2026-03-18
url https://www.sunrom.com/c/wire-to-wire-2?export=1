--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/wire-to-wire-2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 06:49:14</t>
+    <t>18-Mar-2026 12:16:57</t>
   </si>
   <si>
     <t>Wire to Wire Quick Pluggable 2 pin Power Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7214</t>
   </si>
   <si>
     <t>4 sq. mm Insulated Wire to Wire Crimp Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6938</t>
   </si>
   <si>
     <t>1.5 sq. mm Wire to Wire Insulated Crimp Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6536</t>
   </si>
   <si>
     <t>1.5 sq. mm Non-Insulated Wire to Wire Crimp Connector</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6539</t>
   </si>