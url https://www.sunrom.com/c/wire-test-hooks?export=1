--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/wire-test-hooks</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:46:28</t>
+    <t>23-Dec-2025 17:34:10</t>
   </si>
   <si>
     <t>Green Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7074</t>
   </si>
   <si>
     <t>Blue Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7075</t>
   </si>
   <si>
     <t>Yellow Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7076</t>
   </si>
   <si>
     <t>Red Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6085</t>
   </si>