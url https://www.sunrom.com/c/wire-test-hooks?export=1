--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/wire-test-hooks</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Dec-2025 17:34:10</t>
+    <t>06-Feb-2026 22:01:04</t>
   </si>
   <si>
     <t>Green Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7074</t>
   </si>
   <si>
     <t>Blue Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7075</t>
   </si>
   <si>
     <t>Yellow Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7076</t>
   </si>
   <si>
     <t>Red Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6085</t>
   </si>