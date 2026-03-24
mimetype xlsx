--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/wire-test-hooks</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>06-Feb-2026 22:01:04</t>
+    <t>24-Mar-2026 06:20:53</t>
   </si>
   <si>
     <t>Green Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7074</t>
   </si>
   <si>
     <t>Blue Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7075</t>
   </si>
   <si>
     <t>Yellow Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7076</t>
   </si>
   <si>
     <t>Red Spring Loaded Test Clip Hook Clamp Large Length 58mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6085</t>
   </si>