--- v0 (2025-11-04)
+++ v1 (2026-03-10)
@@ -37,87 +37,87 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/wire-crimp-terminals</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:35:02</t>
+    <t>10-Mar-2026 08:45:59</t>
   </si>
   <si>
     <t>Fork Insulated Terminal for wire size 2.5 sq.mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6490</t>
   </si>
   <si>
     <t>Fork Insulated Terminal for wire size 4 to 6 sq.mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6491</t>
   </si>
   <si>
     <t>Crimping tool for Insulated Terminals</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6543</t>
   </si>
   <si>
-    <t>Ring Non-Insulated Terminal for wire size 0.5 to 1.5 sq.mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Pin Insulated Terminal for wire size 0.5 to 1.5 sq.mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6541</t>
   </si>
   <si>
     <t>Pin Insulated Terminal for wire size 1.5 to 2.5 sq.mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7241</t>
+  </si>
+  <si>
+    <t>Fork Non-Insulated Terminal for wire size 0.5 to 1.5 sq.mm</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/6540</t>
   </si>
   <si>
     <t>Flat Insulated Terminal for wire size 0.5 to 1.5 sq.mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6489</t>
   </si>
   <si>
     <t>Fork Insulated Terminal for wire size 0.5 to 1.5 sq.mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -455,51 +455,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/wire-crimp-terminals" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6490" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6491" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6543" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6537" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6541" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7241" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6489" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6028" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/wire-crimp-terminals" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6490" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6491" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6543" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6541" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7241" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6540" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6489" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6028" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
@@ -552,99 +552,99 @@
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>6.75</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>6543</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>1600.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>6537</v>
+        <v>6541</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>2.75</v>
+        <v>3.75</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>6541</v>
+        <v>7241</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>3.75</v>
+        <v>4.25</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>7241</v>
+        <v>6540</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>4.25</v>
+        <v>3.75</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
         <v>6489</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>3.72</v>
+        <v>3.75</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>6028</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
         <v>3.75</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>