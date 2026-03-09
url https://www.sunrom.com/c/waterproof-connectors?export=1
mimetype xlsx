--- v0 (2025-10-18)
+++ v1 (2026-03-09)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/waterproof-connectors</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Oct-2025 12:58:39</t>
+    <t>09-Mar-2026 11:04:52</t>
   </si>
   <si>
     <t>2P Waterproof Connector - Set of Panel Mount Male + Female with Dust Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7891</t>
   </si>
   <si>
     <t>6P Waterproof Connector - Set of Panel Mount Male + Female with Dust Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7892</t>
   </si>
   <si>
     <t>8P Waterproof Connector - Set of Panel Mount Male + Female with Dust Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7893</t>
   </si>
   <si>
     <t>4P Waterproof Connector - Set of Panel Mount Male + Female with Dust Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7187</t>
   </si>