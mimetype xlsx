--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/video-hdmi</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:40:07</t>
+    <t>09-Jan-2026 03:48:18</t>
   </si>
   <si>
     <t>HDMI 19P HD A-type Female Through Hole Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7834</t>
   </si>
   <si>
     <t>Micro HDMI Female SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7255</t>
   </si>
   <si>
     <t>Mini HDMI 19P Male with Breakout PCB Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7256</t>
   </si>
   <si>
     <t>HDMI 19P Female SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7412</t>
   </si>