--- v1 (2026-01-08)
+++ v2 (2026-03-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/video-hdmi</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Jan-2026 03:48:18</t>
+    <t>04-Mar-2026 22:44:19</t>
   </si>
   <si>
     <t>HDMI 19P HD A-type Female Through Hole Right Angle</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7834</t>
   </si>
   <si>
     <t>Micro HDMI Female SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7255</t>
   </si>
   <si>
     <t>Mini HDMI 19P Male with Breakout PCB Pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7256</t>
   </si>
   <si>
     <t>HDMI 19P Female SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7412</t>
   </si>