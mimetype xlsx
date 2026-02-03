--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/vibration</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 23:58:25</t>
+    <t>03-Feb-2026 20:21:36</t>
   </si>
   <si>
     <t>Vibration Switch Sensor SW-420</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5859</t>
   </si>
   <si>
     <t>Tilt Switch Sensor SW-200D SW200D Dual Ball Rolling</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5862</t>
   </si>
   <si>
     <t>Vibration Sensor SW-18010P</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5857</t>
   </si>
   <si>
     <t>SW520D SW-520D Tilt Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5593</t>
   </si>