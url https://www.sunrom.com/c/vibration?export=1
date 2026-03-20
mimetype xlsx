--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/vibration</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>03-Feb-2026 20:21:36</t>
+    <t>21-Mar-2026 03:23:48</t>
   </si>
   <si>
     <t>Vibration Switch Sensor SW-420</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5859</t>
   </si>
   <si>
     <t>Tilt Switch Sensor SW-200D SW200D Dual Ball Rolling</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5862</t>
   </si>
   <si>
     <t>Vibration Sensor SW-18010P</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5857</t>
   </si>
   <si>
     <t>SW520D SW-520D Tilt Sensor</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5593</t>
   </si>