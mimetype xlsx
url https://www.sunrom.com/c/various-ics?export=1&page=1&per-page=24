--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -37,60 +37,60 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/various-ics?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 09:50:39</t>
+    <t>03-Jan-2026 07:10:08</t>
   </si>
   <si>
     <t>74HC595D NXP SO16 SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4022</t>
   </si>
   <si>
-    <t>ILX3232DT SOIC16 SMD RS232 Driver VCC 3.3~5V (Equivalent MAX3232)</t>
+    <t>ILX3232DT SOIC16 SMD RS232 Driver VCC 3.3~5V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5918</t>
   </si>
   <si>
     <t>ILX232DT SOIC16 SMD RS232 Driver VCC 5V (Equivalent MAX232)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7089</t>
   </si>
   <si>
     <t>MAX7219 MAX7219EWG SOIC24</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4620</t>
   </si>
   <si>
     <t>PCF85163 SOIC8 NXP RTC Eqv. to PCF8563</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3471</t>
   </si>
   <si>
     <t>TM1637 SOIC20 LED Display and Keypad Driver IC</t>
   </si>
@@ -672,51 +672,51 @@
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>7089</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>20.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>4620</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>140.0</v>
+        <v>175.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>3471</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>50.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>3624</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>