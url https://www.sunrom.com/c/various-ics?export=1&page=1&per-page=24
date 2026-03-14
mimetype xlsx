--- v1 (2026-01-03)
+++ v2 (2026-03-14)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/various-ics?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>03-Jan-2026 07:10:08</t>
+    <t>14-Mar-2026 19:42:04</t>
   </si>
   <si>
     <t>74HC595D NXP SO16 SMD</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4022</t>
   </si>
   <si>
     <t>ILX3232DT SOIC16 SMD RS232 Driver VCC 3.3~5V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5918</t>
   </si>
   <si>
     <t>ILX232DT SOIC16 SMD RS232 Driver VCC 5V (Equivalent MAX232)</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7089</t>
   </si>
   <si>
     <t>MAX7219 MAX7219EWG SOIC24</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4620</t>
   </si>
@@ -742,51 +742,51 @@
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
         <v>6223</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
         <v>9.44</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
         <v>6224</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
         <v>4916</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
         <v>38.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
         <v>4926</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>