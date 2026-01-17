--- v0 (2025-10-21)
+++ v1 (2026-01-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/variable-resistors?page=1&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Oct-2025 07:37:26</t>
+    <t>17-Jan-2026 12:12:51</t>
   </si>
   <si>
     <t>100R SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7437</t>
   </si>
   <si>
     <t>200R SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7438</t>
   </si>
   <si>
     <t>500R SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7439</t>
   </si>
   <si>
     <t>1K SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7440</t>
   </si>