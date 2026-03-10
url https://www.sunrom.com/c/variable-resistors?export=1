--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/variable-resistors</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>20-Dec-2025 14:22:56</t>
+    <t>10-Mar-2026 08:10:15</t>
   </si>
   <si>
     <t>100R SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7437</t>
   </si>
   <si>
     <t>200R SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7438</t>
   </si>
   <si>
     <t>500R SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7439</t>
   </si>
   <si>
     <t>1K SMD Preset 3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7440</t>
   </si>
@@ -986,51 +986,51 @@
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
         <v>5587</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
         <v>16.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
         <v>5588</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
         <v>5590</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
         <v>16.0</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
         <v>5591</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>