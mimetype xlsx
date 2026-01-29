--- v0 (2025-11-01)
+++ v1 (2026-01-29)
@@ -14,92 +14,86 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>01-Nov-2025 17:23:59</t>
+    <t>29-Jan-2026 23:36:19</t>
   </si>
   <si>
     <t>FT232RL SSOP28 FTDI USB-UART IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3917</t>
   </si>
   <si>
     <t>CH340G SOIC16 USB to Serial TTL UART IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4511</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.sunrom.com/m/6604</t>
   </si>
   <si>
     <t>GL850G - SSOP28 - USB 2.0 Hub IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4947</t>
   </si>
   <si>
     <t>PL2303SA SOIC-8 USB-UART</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4902</t>
   </si>
   <si>
     <t>CP2102 - USB to UART Bridge</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3744</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -443,63 +437,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/usb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6604" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/usb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3917" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4511" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4947" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4902" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3744" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -526,113 +520,98 @@
         <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>250.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
         <v>4511</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>55.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>6604</v>
+        <v>4947</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>4947</v>
+        <v>4902</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>175.0</v>
+        <v>225.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>4902</v>
+        <v>3744</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>225.0</v>
+        <v>175.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
-      </c>
-[...12 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
-    <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>