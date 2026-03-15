--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>29-Jan-2026 23:36:19</t>
+    <t>16-Mar-2026 04:06:20</t>
   </si>
   <si>
     <t>FT232RL SSOP28 FTDI USB-UART IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3917</t>
   </si>
   <si>
     <t>CH340G SOIC16 USB to Serial TTL UART IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4511</t>
   </si>
   <si>
     <t>GL850G - SSOP28 - USB 2.0 Hub IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4947</t>
   </si>
   <si>
     <t>PL2303SA SOIC-8 USB-UART</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4902</t>
   </si>