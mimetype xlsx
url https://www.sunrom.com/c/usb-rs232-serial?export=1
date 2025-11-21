--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb-rs232-serial</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:53:44</t>
+    <t>22-Nov-2025 00:35:15</t>
   </si>
   <si>
     <t>USB-TTL UART Module CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7418</t>
   </si>
   <si>
     <t>USB-TTL UART Cable CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7419</t>
   </si>
   <si>
     <t>CH340G USB to RS232 TTL module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7420</t>
   </si>
   <si>
     <t>USB to RS232 Converter - FTDI FT230X</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1454</t>
   </si>