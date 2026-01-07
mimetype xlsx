--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb-rs232-serial</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:35:15</t>
+    <t>08-Jan-2026 04:10:32</t>
   </si>
   <si>
     <t>USB-TTL UART Module CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7418</t>
   </si>
   <si>
     <t>USB-TTL UART Cable CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7419</t>
   </si>
   <si>
     <t>CH340G USB to RS232 TTL module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7420</t>
   </si>
   <si>
     <t>USB to RS232 Converter - FTDI FT230X</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1454</t>
   </si>