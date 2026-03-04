--- v2 (2026-01-07)
+++ v3 (2026-03-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb-rs232-serial</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:10:32</t>
+    <t>04-Mar-2026 14:25:00</t>
   </si>
   <si>
     <t>USB-TTL UART Module CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7418</t>
   </si>
   <si>
     <t>USB-TTL UART Cable CP2102</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7419</t>
   </si>
   <si>
     <t>CH340G USB to RS232 TTL module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7420</t>
   </si>
   <si>
     <t>USB to RS232 Converter - FTDI FT230X</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1454</t>
   </si>