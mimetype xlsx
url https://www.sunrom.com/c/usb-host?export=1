--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb-host</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:49:52</t>
+    <t>21-Dec-2025 20:46:39</t>
   </si>
   <si>
     <t>Serial Data Logger to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1322</t>
   </si>
   <si>
     <t>Serial UART to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1307</t>
   </si>
   <si>
     <t>USB Keyboard &amp; Barcode Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1305</t>
   </si>
   <si>
     <t>USB Mouse Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1278</t>
   </si>