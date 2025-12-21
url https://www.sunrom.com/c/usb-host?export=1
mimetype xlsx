--- v1 (2025-12-21)
+++ v2 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb-host</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 20:46:39</t>
+    <t>21-Dec-2025 22:21:03</t>
   </si>
   <si>
     <t>Serial Data Logger to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1322</t>
   </si>
   <si>
     <t>Serial UART to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1307</t>
   </si>
   <si>
     <t>USB Keyboard &amp; Barcode Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1305</t>
   </si>
   <si>
     <t>USB Mouse Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1278</t>
   </si>