--- v2 (2025-12-21)
+++ v3 (2026-02-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb-host</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 22:21:03</t>
+    <t>05-Feb-2026 00:15:48</t>
   </si>
   <si>
     <t>Serial Data Logger to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1322</t>
   </si>
   <si>
     <t>Serial UART to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1307</t>
   </si>
   <si>
     <t>USB Keyboard &amp; Barcode Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1305</t>
   </si>
   <si>
     <t>USB Mouse Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1278</t>
   </si>