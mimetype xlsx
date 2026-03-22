--- v3 (2026-02-04)
+++ v4 (2026-03-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/usb-host</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 00:15:48</t>
+    <t>22-Mar-2026 06:07:10</t>
   </si>
   <si>
     <t>Serial Data Logger to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1322</t>
   </si>
   <si>
     <t>Serial UART to USB Pen Drive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1307</t>
   </si>
   <si>
     <t>USB Keyboard &amp; Barcode Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1305</t>
   </si>
   <si>
     <t>USB Mouse Decoder - Serial Output</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/1278</t>
   </si>