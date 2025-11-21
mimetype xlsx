--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/tvs-diode</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:59:29</t>
+    <t>21-Nov-2025 06:25:06</t>
   </si>
   <si>
     <t>BAV99 A7 SOT23 Hottech ESD Protection of I/O pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4877</t>
   </si>
   <si>
     <t>TVS Diode 14V - Bidirectional - SMBJ14CA - SMB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7118</t>
   </si>
   <si>
     <t>TVS Diode 36V - Bidirectional - SMBJ36CA - SMB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7120</t>
   </si>
   <si>
     <t>TVS Diode 200V - Unidirectional - SMBJ200A - SMB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7121</t>
   </si>