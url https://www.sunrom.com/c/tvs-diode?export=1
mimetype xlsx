--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/tvs-diode</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:25:06</t>
+    <t>07-Jan-2026 02:56:50</t>
   </si>
   <si>
     <t>BAV99 A7 SOT23 Hottech ESD Protection of I/O pins</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4877</t>
   </si>
   <si>
     <t>TVS Diode 14V - Bidirectional - SMBJ14CA - SMB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7118</t>
   </si>
   <si>
     <t>TVS Diode 36V - Bidirectional - SMBJ36CA - SMB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7120</t>
   </si>
   <si>
     <t>TVS Diode 200V - Unidirectional - SMBJ200A - SMB</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7121</t>
   </si>