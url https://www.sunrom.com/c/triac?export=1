--- v0 (2025-10-03)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/triac</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:58:51</t>
+    <t>21-Nov-2025 06:35:25</t>
   </si>
   <si>
     <t>DB3 Bidirectional DIAC Trigger Diode 32V, 2A, 2-Pin DO-35</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4879</t>
   </si>
   <si>
     <t>BTA16-600B TO220 16A 600V Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5694</t>
   </si>
   <si>
     <t>BTA26-600B BTA26600B 26A/600V TO-3P TO-247AD TO247 Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5695</t>
   </si>
   <si>
     <t>BTA40-700B BTA40700B 40A 700V RD91-3 (Insulated) Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5696</t>
   </si>
@@ -564,51 +564,51 @@
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
         <v>5695</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>85.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
         <v>5696</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>201.0</v>
+        <v>245.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
         <v>5693</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>85.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
         <v>5177</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>