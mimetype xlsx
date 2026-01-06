--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/triac</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:35:25</t>
+    <t>07-Jan-2026 02:55:39</t>
   </si>
   <si>
     <t>DB3 Bidirectional DIAC Trigger Diode 32V, 2A, 2-Pin DO-35</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4879</t>
   </si>
   <si>
     <t>BTA16-600B TO220 16A 600V Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5694</t>
   </si>
   <si>
     <t>BTA26-600B BTA26600B 26A/600V TO-3P TO-247AD TO247 Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5695</t>
   </si>
   <si>
     <t>BTA40-700B BTA40700B 40A 700V RD91-3 (Insulated) Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5696</t>
   </si>