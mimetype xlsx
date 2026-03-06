--- v2 (2026-01-06)
+++ v3 (2026-03-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/triac</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:55:39</t>
+    <t>07-Mar-2026 04:43:47</t>
   </si>
   <si>
     <t>DB3 Bidirectional DIAC Trigger Diode 32V, 2A, 2-Pin DO-35</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4879</t>
   </si>
   <si>
     <t>BTA16-600B TO220 16A 600V Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5694</t>
   </si>
   <si>
     <t>BTA26-600B BTA26600B 26A/600V TO-3P TO-247AD TO247 Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5695</t>
   </si>
   <si>
     <t>BTA40-700B BTA40700B 40A 700V RD91-3 (Insulated) Triac</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5696</t>
   </si>