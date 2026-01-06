--- v0 (2025-10-04)
+++ v1 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/transistors</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:09:50</t>
+    <t>07-Jan-2026 02:56:30</t>
   </si>
   <si>
     <t>SS8050 Y1 NPN SOT23 SMD 1.5A 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5063</t>
   </si>
   <si>
     <t>SS8550 Y2 PNP SOT23 SMD 1.5A 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5064</t>
   </si>
   <si>
     <t>MMBT2222A SOT23 Hottech BJT NPN 600MA 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6364</t>
   </si>
   <si>
     <t>MMBT2907A SOT23 Hottech BJT PNP 600MA 60V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5058</t>
   </si>