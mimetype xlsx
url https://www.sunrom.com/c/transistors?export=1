--- v1 (2026-01-06)
+++ v2 (2026-03-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/transistors</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:56:30</t>
+    <t>15-Mar-2026 18:44:44</t>
   </si>
   <si>
     <t>SS8050 Y1 NPN SOT23 SMD 1.5A 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5063</t>
   </si>
   <si>
     <t>SS8550 Y2 PNP SOT23 SMD 1.5A 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5064</t>
   </si>
   <si>
     <t>MMBT2222A SOT23 Hottech BJT NPN 600MA 40V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6364</t>
   </si>
   <si>
     <t>MMBT2907A SOT23 Hottech BJT PNP 600MA 60V</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5058</t>
   </si>