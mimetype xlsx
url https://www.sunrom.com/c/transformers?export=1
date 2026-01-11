--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/transformers</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:47:16</t>
+    <t>11-Jan-2026 13:19:54</t>
   </si>
   <si>
     <t>SMPS Transformer EE16-A2 for TNY278 10W SMPS</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4901</t>
   </si>
   <si>
     <t>SMPS Transformer EE10-A1 for LNK364PN 3W SMPS</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7059</t>
   </si>
   <si>
     <t>Audio &amp; Signal Coupling Isolation Transformer 1:1 5-pin 1000:1000</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5372</t>
   </si>
   <si>
     <t>Audio &amp; Signal isolation transformer 600:600</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5132</t>
   </si>