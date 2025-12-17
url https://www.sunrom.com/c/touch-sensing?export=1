--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/touch-sensing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 17:23:33</t>
+    <t>17-Dec-2025 22:50:07</t>
   </si>
   <si>
     <t>1 Channel Capacitive Touch Module - TTP223</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4481</t>
   </si>
   <si>
     <t>4 Channel Capacitive Touch Module - TTP224</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4632</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>