--- v1 (2025-12-17)
+++ v2 (2026-02-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/touch-sensing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>17-Dec-2025 22:50:07</t>
+    <t>05-Feb-2026 05:38:03</t>
   </si>
   <si>
     <t>1 Channel Capacitive Touch Module - TTP223</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4481</t>
   </si>
   <si>
     <t>4 Channel Capacitive Touch Module - TTP224</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4632</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>