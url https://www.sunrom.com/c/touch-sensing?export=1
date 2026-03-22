--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/touch-sensing</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 05:38:03</t>
+    <t>22-Mar-2026 11:36:55</t>
   </si>
   <si>
     <t>1 Channel Capacitive Touch Module - TTP223</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4481</t>
   </si>
   <si>
     <t>4 Channel Capacitive Touch Module - TTP224</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4632</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##,##,##,##0.00"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>