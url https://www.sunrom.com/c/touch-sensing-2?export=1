--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/touch-sensing-2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:47:16</t>
+    <t>07-Jan-2026 02:56:29</t>
   </si>
   <si>
     <t>BS801B Holtek Touch Key IC 801B SOT23-6</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5911</t>
   </si>
   <si>
     <t>XPT2046 (ADS7843) - Touch Screen Decoder IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4109</t>
   </si>
   <si>
     <t>TTP229-BSF 8229BSF SSOP28 SPI</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4640</t>
   </si>
   <si>
     <t>TTP224N-BSB SSOP16</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4633</t>
   </si>