--- v1 (2026-01-06)
+++ v2 (2026-03-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/touch-sensing-2</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:56:29</t>
+    <t>07-Mar-2026 07:11:58</t>
   </si>
   <si>
     <t>BS801B Holtek Touch Key IC 801B SOT23-6</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5911</t>
   </si>
   <si>
     <t>XPT2046 (ADS7843) - Touch Screen Decoder IC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4109</t>
   </si>
   <si>
     <t>TTP229-BSF 8229BSF SSOP28 SPI</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4640</t>
   </si>
   <si>
     <t>TTP224N-BSB SSOP16</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4633</t>
   </si>