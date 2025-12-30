--- v0 (2025-11-04)
+++ v1 (2025-12-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/thumbwheel-switch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:42:35</t>
+    <t>30-Dec-2025 16:33:36</t>
   </si>
   <si>
     <t>Thumbwheel Switch - Single Digit - BCD Output 8421 - 5 pins - Black - 8mm x 22mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7106</t>
   </si>
   <si>
     <t>End Cap - Left - Black for Thumbwheel Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7107</t>
   </si>
   <si>
     <t>End Cap - Right - Black for Thumbwheel Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7109</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">