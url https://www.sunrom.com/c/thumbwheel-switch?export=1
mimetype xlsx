--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/thumbwheel-switch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Dec-2025 16:33:36</t>
+    <t>13-Feb-2026 20:55:37</t>
   </si>
   <si>
     <t>Thumbwheel Switch - Single Digit - BCD Output 8421 - 5 pins - Black - 8mm x 22mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7106</t>
   </si>
   <si>
     <t>End Cap - Left - Black for Thumbwheel Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7107</t>
   </si>
   <si>
     <t>End Cap - Right - Black for Thumbwheel Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7109</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">