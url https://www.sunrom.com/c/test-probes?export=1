--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/test-probes</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:35:47</t>
+    <t>20-Dec-2025 14:46:35</t>
   </si>
   <si>
     <t>Spring Test Probe Pogo pin - Pointed Head - Diameter 1.02mm - Length 16.5mm for Pitch 1.91mm Setup</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6139</t>
   </si>
   <si>
     <t>Receptacle Female for Test Probe Diameter 1.02mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6140</t>
   </si>
   <si>
     <t>Receptacle Female for Test Probe Diameter 0.68mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6138</t>
   </si>
   <si>
     <t>Spring Test Probe Pogo pin - Pointed Head - Diameter 0.68mm - Length 16.5mm for Pitch 1.27mm Setup</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6141</t>
   </si>