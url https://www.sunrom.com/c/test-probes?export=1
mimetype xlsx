--- v1 (2025-12-20)
+++ v2 (2026-02-20)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/test-probes</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>20-Dec-2025 14:46:35</t>
+    <t>20-Feb-2026 06:06:34</t>
   </si>
   <si>
     <t>Spring Test Probe Pogo pin - Pointed Head - Diameter 1.02mm - Length 16.5mm for Pitch 1.91mm Setup</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6139</t>
   </si>
   <si>
     <t>Receptacle Female for Test Probe Diameter 1.02mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6140</t>
   </si>
   <si>
     <t>Receptacle Female for Test Probe Diameter 0.68mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6138</t>
   </si>
   <si>
     <t>Spring Test Probe Pogo pin - Pointed Head - Diameter 0.68mm - Length 16.5mm for Pitch 1.27mm Setup</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6141</t>
   </si>