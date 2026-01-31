--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/temperature</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 20:20:08</t>
+    <t>31-Jan-2026 16:28:04</t>
   </si>
   <si>
     <t>Temperature Sensor Probe - 10K NTC - Waterproof</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4727</t>
   </si>
   <si>
     <t>Digital Temperature Sensor Probe, Waterproof, DS18B20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3902</t>
   </si>
   <si>
     <t>10K NTC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3419</t>
   </si>
   <si>
     <t>DS18B20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3437</t>
   </si>