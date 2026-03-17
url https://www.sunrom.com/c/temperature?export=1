--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/temperature</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Jan-2026 16:28:04</t>
+    <t>17-Mar-2026 18:42:42</t>
   </si>
   <si>
     <t>Temperature Sensor Probe - 10K NTC - Waterproof</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4727</t>
   </si>
   <si>
     <t>Digital Temperature Sensor Probe, Waterproof, DS18B20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3902</t>
   </si>
   <si>
     <t>10K NTC</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3419</t>
   </si>
   <si>
     <t>DS18B20</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/3437</t>
   </si>