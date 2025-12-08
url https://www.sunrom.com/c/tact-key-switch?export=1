--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/tact-key-switch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>24-Oct-2025 03:43:07</t>
+    <t>08-Dec-2025 20:38:15</t>
   </si>
   <si>
     <t>Tact Key Switch Round Gray</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7938</t>
   </si>
   <si>
     <t>Tact Key Switch Square Yellow</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7935</t>
   </si>
   <si>
     <t>Tact Key Switch Square Blue</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7936</t>
   </si>
   <si>
     <t>Tact Key Switch Round Green</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7937</t>
   </si>