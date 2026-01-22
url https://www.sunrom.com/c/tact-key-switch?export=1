--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/tact-key-switch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Dec-2025 20:38:15</t>
+    <t>23-Jan-2026 02:25:38</t>
   </si>
   <si>
     <t>Tact Key Switch Round Gray</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7938</t>
   </si>
   <si>
     <t>Tact Key Switch Square Yellow</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7935</t>
   </si>
   <si>
     <t>Tact Key Switch Square Blue</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7936</t>
   </si>
   <si>
     <t>Tact Key Switch Round Green</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7937</t>
   </si>