--- v2 (2026-01-22)
+++ v3 (2026-03-09)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/tact-key-switch</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Jan-2026 02:25:38</t>
+    <t>09-Mar-2026 22:19:36</t>
   </si>
   <si>
     <t>Tact Key Switch Round Gray</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7938</t>
   </si>
   <si>
     <t>Tact Key Switch Square Yellow</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7935</t>
   </si>
   <si>
     <t>Tact Key Switch Square Blue</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7936</t>
   </si>
   <si>
     <t>Tact Key Switch Round Green</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7937</t>
   </si>