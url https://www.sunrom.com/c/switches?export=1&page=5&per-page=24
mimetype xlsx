--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -14,74 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="850">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="848">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/switches?page=5&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Dec-2025 14:25:06</t>
+    <t>05-Mar-2026 05:55:06</t>
   </si>
   <si>
     <t>Socket 5P with 15cm wires for Metal Switch 16mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8087</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - No light</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8007</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Red Ring</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8008</t>
   </si>
   <si>
     <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Green Ring</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/8009</t>
   </si>
@@ -1997,56 +1997,50 @@
     <t>https://www.sunrom.com/m/6238</t>
   </si>
   <si>
     <t>Tactile Switch SMD 3x4x2.5mm ALPS SKRP Series</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6040</t>
   </si>
   <si>
     <t>Black Rubber Cap for 10x10x9mm Five Way Switch</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5995</t>
   </si>
   <si>
     <t>Five-way switch navigation module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5998</t>
   </si>
   <si>
     <t>MPR121 Capacitive Touch Matrix Keypad - 3.3V - I2C</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5999</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.sunrom.com/m/6001</t>
   </si>
   <si>
     <t>3x4 Soft Touch Matrix Keypad Module</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6039</t>
   </si>
   <si>
     <t>Keypad 4 SW, Membrane type, Self Adhesive</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4583</t>
   </si>
   <si>
     <t>Analog Joystick with Knob</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4398</t>
   </si>
   <si>
     <t>Red Push Button Switch 10mm Momentary Push to ON</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5953</t>
   </si>
@@ -2933,63 +2927,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/switches?page=5&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8087" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8007" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8008" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8009" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8010" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8011" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8012" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8013" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8014" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8015" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8016" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8017" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8018" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8019" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8020" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8021" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8022" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8023" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8024" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8025" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8026" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8027" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8028" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8029" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8030" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8031" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8032" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8033" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8034" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8035" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8036" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8037" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8038" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8039" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8040" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8041" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8042" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8043" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8044" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8045" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8046" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8047" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8048" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8049" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8050" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8051" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8052" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8053" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8054" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8055" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8056" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8057" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8058" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8059" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8060" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8061" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8062" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8063" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8064" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8065" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8066" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8067" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8068" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8000" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8001" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8002" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8003" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8004" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8005" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8006" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7992" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7993" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7994" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7995" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7996" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7997" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7998" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7999" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7938" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7935" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7936" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7937" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7932" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7933" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7934" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7931" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7928" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7929" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7930" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7941" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7942" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7943" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7944" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7945" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7946" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7914" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7915" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7916" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7917" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7918" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7919" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7920" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7921" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7922" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7923" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7924" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7925" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7926" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7927" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7947" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7948" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7949" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7950" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7951" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7952" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7953" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7954" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7955" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7956" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7957" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7958" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7959" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7939" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7940" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7685" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7824" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7825" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7817" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7823" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7673" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7674" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7675" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7676" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7678" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7679" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7680" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7681" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7683" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7684" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7690" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7692" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7694" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7682" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7688" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7689" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7686" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7691" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7693" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7644" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7645" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7646" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7633" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7507" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7511" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7512" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7513" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7514" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7515" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7516" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7517" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7510" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7508" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7506" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7175" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7607" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7606" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7589" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7590" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7591" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7592" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7593" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7594" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7595" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7601" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7602" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7603" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7604" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7605" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7585" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7586" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7587" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7588" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7596" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7597" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7598" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7599" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7600" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7608" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7609" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7610" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7611" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7612" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7613" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7614" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7616" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7617" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7618" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7619" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7620" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7615" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7519" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7520" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7521" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7522" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7523" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7524" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7525" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7526" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7527" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7528" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7529" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7553" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7552" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7551" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7554" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7549" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7550" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7556" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7557" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7558" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7559" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7560" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7561" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7562" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7530" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7575" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7576" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7577" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7578" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7579" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7580" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7536" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7537" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7538" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7539" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7540" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7541" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7542" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7581" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7584" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7583" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7574" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7565" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7566" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7567" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7568" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7569" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7570" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7571" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7572" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7573" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7531" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7532" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7533" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7534" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7535" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7518" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7563" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7564" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7497" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7498" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7499" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7500" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7501" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7502" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7503" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7504" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7505" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7621" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7622" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7623" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7624" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7625" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7626" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7627" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7628" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7629" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7630" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7106" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7107" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7109" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7083" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4983" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7058" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6830" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6555" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6584" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6585" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6586" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6567" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6568" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6569" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6570" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6571" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6563" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6565" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6566" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6484" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6483" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6479" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6473" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6474" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6475" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6476" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6477" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6478" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6480" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6481" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6482" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6421" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6466" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6422" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6428" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6417" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6419" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6420" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4420" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6231" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6232" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6233" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6234" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6235" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6236" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6237" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4984" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6238" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6040" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5995" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5998" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5999" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6001" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6039" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4583" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4398" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5953" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5954" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5897" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5825" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5826" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5827" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5828" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5829" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5830" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5831" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5832" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5833" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5834" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5835" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5836" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5837" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5845" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5846" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5847" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5848" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5849" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5850" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5851" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5852" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5853" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5854" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5838" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5839" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5840" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5841" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5842" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5843" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5844" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5874" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5875" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5877" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5866" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5867" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5868" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5870" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5871" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5872" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5861" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5869" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5881" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5855" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5856" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5860" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5863" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5879" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5882" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5858" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5554" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5555" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5556" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5557" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5558" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5482" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5483" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5484" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5485" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5486" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5260" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5261" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5240" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5262" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5256" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5255" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5263" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5245" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5211" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3951" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5052" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4338" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4945" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4949" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4985" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7813" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4967" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4968" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4969" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4982" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4966" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4908" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4917" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4581" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4310" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4273" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4309" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4388" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4389" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4379" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4304" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3927" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3908" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/switches?page=5&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8087" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8007" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8008" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8009" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8010" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8011" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8012" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8013" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8014" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8015" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8016" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8017" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8018" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8019" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8020" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8021" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8022" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8023" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8024" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8025" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8026" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8027" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8028" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8029" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8030" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8031" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8032" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8033" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8034" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8035" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8036" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8037" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8038" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8039" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8040" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8041" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8042" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8043" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8044" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8045" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8046" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8047" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8048" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8049" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8050" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8051" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8052" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8053" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8054" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8055" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8056" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8057" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8058" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8059" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8060" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8061" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8062" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8063" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8064" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8065" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8066" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8067" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8068" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8000" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8001" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8002" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8003" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8004" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8005" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8006" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7992" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7993" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7994" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7995" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7996" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7997" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7998" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7999" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7938" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7935" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7936" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7937" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7932" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7933" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7934" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7931" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7928" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7929" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7930" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7941" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7942" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7943" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7944" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7945" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7946" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7914" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7915" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7916" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7917" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7918" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7919" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7920" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7921" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7922" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7923" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7924" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7925" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7926" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7927" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7947" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7948" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7949" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7950" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7951" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7952" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7953" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7954" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7955" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7956" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7957" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7958" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7959" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7939" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7940" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7685" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7824" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7825" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7817" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7823" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7673" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7674" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7675" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7676" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7678" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7679" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7680" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7681" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7683" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7684" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7690" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7692" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7694" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7682" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7688" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7689" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7686" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7691" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7693" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7644" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7645" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7646" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7633" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7507" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7511" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7512" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7513" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7514" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7515" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7516" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7517" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7510" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7508" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7506" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7175" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7607" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7606" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7589" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7590" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7591" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7592" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7593" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7594" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7595" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7601" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7602" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7603" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7604" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7605" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7585" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7586" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7587" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7588" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7596" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7597" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7598" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7599" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7600" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7608" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7609" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7610" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7611" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7612" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7613" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7614" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7616" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7617" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7618" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7619" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7620" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7615" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7519" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7520" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7521" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7522" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7523" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7524" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7525" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7526" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7527" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7528" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7529" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7553" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7552" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7551" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7554" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7549" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7550" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7556" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7557" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7558" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7559" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7560" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7561" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7562" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7530" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7575" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7576" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7577" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7578" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7579" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7580" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7536" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7537" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7538" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7539" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7540" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7541" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7542" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7581" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7584" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7583" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7574" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7565" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7566" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7567" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7568" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7569" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7570" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7571" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7572" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7573" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7531" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7532" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7533" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7534" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7535" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7518" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7563" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7564" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7497" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7498" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7499" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7500" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7501" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7502" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7503" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7504" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7505" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7621" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7622" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7623" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7624" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7625" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7626" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7627" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7628" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7629" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7630" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7106" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7107" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7109" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7083" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4983" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7058" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6830" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6555" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6584" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6585" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6586" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6567" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6568" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6569" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6570" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6571" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6563" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6565" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6566" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6484" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6483" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6479" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6473" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6474" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6475" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6476" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6477" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6478" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6480" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6481" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6482" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6421" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6466" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6422" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6428" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6417" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6419" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6420" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4420" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6231" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6232" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6233" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6234" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6235" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6236" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6237" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4984" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6238" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6040" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5995" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5998" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5999" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6039" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4583" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4398" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5953" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5954" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5897" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5825" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5826" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5827" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5828" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5829" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5830" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5831" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5832" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5833" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5834" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5835" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5836" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5837" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5845" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5846" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5847" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5848" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5849" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5850" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5851" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5852" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5853" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5854" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5838" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5839" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5840" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5841" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5842" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5843" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5844" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5874" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5875" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5877" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5866" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5867" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5868" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5870" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5871" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5872" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5861" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5869" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5881" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5855" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5856" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5860" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5863" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5879" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5882" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5858" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5554" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5555" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5556" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5557" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5558" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5482" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5483" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5484" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5485" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5486" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5260" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5261" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5240" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5262" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5256" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5255" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5263" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5245" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5211" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3951" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5052" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4338" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4945" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4949" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4985" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7813" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4967" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4968" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4969" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4982" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4966" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4908" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4917" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4581" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4310" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4273" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4309" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4388" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4389" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4379" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4304" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3927" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3908" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D432"/>
+  <dimension ref="A1:D431"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D432" sqref="D432"/>
+      <selection activeCell="D431" sqref="D431"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
@@ -4520,51 +4514,51 @@
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
         <v>7927</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
         <v>85.0</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
         <v>7947</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
         <v>7948</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
         <v>35.0</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
         <v>7949</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
@@ -4604,135 +4598,135 @@
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
         <v>7952</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
         <v>35.0</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
         <v>7953</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>35.0</v>
+        <v>42.0</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
         <v>7954</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>40.0</v>
+        <v>44.0</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
         <v>7955</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>41.0</v>
+        <v>44.0</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
         <v>7956</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>39.0</v>
+        <v>44.0</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
         <v>7957</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>42.0</v>
+        <v>44.0</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3">
         <v>7958</v>
       </c>
       <c r="B124" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="5">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3">
         <v>7959</v>
       </c>
       <c r="B125" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="5">
-        <v>45.0</v>
+        <v>46.0</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3">
         <v>7939</v>
       </c>
       <c r="B126" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="5">
         <v>95.0</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3">
         <v>7940</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
@@ -4744,51 +4738,51 @@
         <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3">
         <v>7685</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="5">
         <v>19.25</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3">
         <v>7824</v>
       </c>
       <c r="B129" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="5">
-        <v>15.0</v>
+        <v>25.0</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3">
         <v>7825</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="5">
         <v>28.0</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3">
         <v>7817</v>
       </c>
       <c r="B131" t="s">
         <v>262</v>
@@ -6774,51 +6768,51 @@
         <v>538</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="3">
         <v>7622</v>
       </c>
       <c r="B273" t="s">
         <v>539</v>
       </c>
       <c r="C273" s="5">
         <v>5.9</v>
       </c>
       <c r="D273" s="6" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="3">
         <v>7623</v>
       </c>
       <c r="B274" t="s">
         <v>541</v>
       </c>
       <c r="C274" s="5">
-        <v>6.09</v>
+        <v>6.25</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="3">
         <v>7624</v>
       </c>
       <c r="B275" t="s">
         <v>543</v>
       </c>
       <c r="C275" s="5">
         <v>6.09</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="3">
         <v>7625</v>
       </c>
       <c r="B276" t="s">
         <v>545</v>
@@ -6872,51 +6866,51 @@
         <v>552</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="3">
         <v>7629</v>
       </c>
       <c r="B280" t="s">
         <v>553</v>
       </c>
       <c r="C280" s="5">
         <v>8.11</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="3">
         <v>7630</v>
       </c>
       <c r="B281" t="s">
         <v>555</v>
       </c>
       <c r="C281" s="5">
-        <v>8.62</v>
+        <v>8.75</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="3">
         <v>7106</v>
       </c>
       <c r="B282" t="s">
         <v>557</v>
       </c>
       <c r="C282" s="5">
         <v>65.0</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="3">
         <v>7107</v>
       </c>
       <c r="B283" t="s">
         <v>559</v>
@@ -7608,1432 +7602,1418 @@
         <v>657</v>
       </c>
       <c r="C332" s="5">
         <v>142.0</v>
       </c>
       <c r="D332" s="6" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="3">
         <v>5999</v>
       </c>
       <c r="B333" t="s">
         <v>659</v>
       </c>
       <c r="C333" s="5">
         <v>407.0</v>
       </c>
       <c r="D333" s="6" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="3">
-        <v>6001</v>
+        <v>6039</v>
       </c>
       <c r="B334" t="s">
         <v>661</v>
       </c>
       <c r="C334" s="5">
-        <v>48.0</v>
+        <v>472.0</v>
       </c>
       <c r="D334" s="6" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="3">
-        <v>6039</v>
+        <v>4583</v>
       </c>
       <c r="B335" t="s">
         <v>663</v>
       </c>
       <c r="C335" s="5">
-        <v>472.0</v>
+        <v>95.0</v>
       </c>
       <c r="D335" s="6" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="3">
-        <v>4583</v>
+        <v>4398</v>
       </c>
       <c r="B336" t="s">
         <v>665</v>
       </c>
       <c r="C336" s="5">
-        <v>95.0</v>
+        <v>100.0</v>
       </c>
       <c r="D336" s="6" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="3">
-        <v>4398</v>
+        <v>5953</v>
       </c>
       <c r="B337" t="s">
         <v>667</v>
       </c>
       <c r="C337" s="5">
-        <v>100.0</v>
+        <v>17.7</v>
       </c>
       <c r="D337" s="6" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="3">
-        <v>5953</v>
+        <v>5954</v>
       </c>
       <c r="B338" t="s">
         <v>669</v>
       </c>
       <c r="C338" s="5">
         <v>17.7</v>
       </c>
       <c r="D338" s="6" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="3">
-        <v>5954</v>
+        <v>5897</v>
       </c>
       <c r="B339" t="s">
         <v>671</v>
       </c>
       <c r="C339" s="5">
-        <v>17.7</v>
+        <v>354.0</v>
       </c>
       <c r="D339" s="6" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="3">
-        <v>5897</v>
+        <v>5825</v>
       </c>
       <c r="B340" t="s">
         <v>673</v>
       </c>
       <c r="C340" s="5">
-        <v>354.0</v>
+        <v>3.45</v>
       </c>
       <c r="D340" s="6" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="3">
-        <v>5825</v>
+        <v>5826</v>
       </c>
       <c r="B341" t="s">
         <v>675</v>
       </c>
       <c r="C341" s="5">
         <v>3.45</v>
       </c>
       <c r="D341" s="6" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="3">
-        <v>5826</v>
+        <v>5827</v>
       </c>
       <c r="B342" t="s">
         <v>677</v>
       </c>
       <c r="C342" s="5">
-        <v>3.45</v>
+        <v>3.54</v>
       </c>
       <c r="D342" s="6" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="3">
-        <v>5827</v>
+        <v>5828</v>
       </c>
       <c r="B343" t="s">
         <v>679</v>
       </c>
       <c r="C343" s="5">
         <v>3.54</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="3">
-        <v>5828</v>
+        <v>5829</v>
       </c>
       <c r="B344" t="s">
         <v>681</v>
       </c>
       <c r="C344" s="5">
-        <v>3.54</v>
+        <v>3.75</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="3">
-        <v>5829</v>
+        <v>5830</v>
       </c>
       <c r="B345" t="s">
         <v>683</v>
       </c>
       <c r="C345" s="5">
-        <v>3.75</v>
+        <v>3.54</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="3">
-        <v>5830</v>
+        <v>5831</v>
       </c>
       <c r="B346" t="s">
         <v>685</v>
       </c>
       <c r="C346" s="5">
-        <v>3.54</v>
+        <v>4.75</v>
       </c>
       <c r="D346" s="6" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="3">
-        <v>5831</v>
+        <v>5832</v>
       </c>
       <c r="B347" t="s">
         <v>687</v>
       </c>
       <c r="C347" s="5">
-        <v>4.75</v>
+        <v>4.72</v>
       </c>
       <c r="D347" s="6" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="3">
-        <v>5832</v>
+        <v>5833</v>
       </c>
       <c r="B348" t="s">
         <v>689</v>
       </c>
       <c r="C348" s="5">
-        <v>4.72</v>
+        <v>4.82</v>
       </c>
       <c r="D348" s="6" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="3">
-        <v>5833</v>
+        <v>5834</v>
       </c>
       <c r="B349" t="s">
         <v>691</v>
       </c>
       <c r="C349" s="5">
-        <v>4.82</v>
+        <v>5.9</v>
       </c>
       <c r="D349" s="6" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="3">
-        <v>5834</v>
+        <v>5835</v>
       </c>
       <c r="B350" t="s">
         <v>693</v>
       </c>
       <c r="C350" s="5">
         <v>5.9</v>
       </c>
       <c r="D350" s="6" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="3">
-        <v>5835</v>
+        <v>5836</v>
       </c>
       <c r="B351" t="s">
         <v>695</v>
       </c>
       <c r="C351" s="5">
         <v>5.9</v>
       </c>
       <c r="D351" s="6" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="3">
-        <v>5836</v>
+        <v>5837</v>
       </c>
       <c r="B352" t="s">
         <v>697</v>
       </c>
       <c r="C352" s="5">
         <v>5.9</v>
       </c>
       <c r="D352" s="6" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="3">
-        <v>5837</v>
+        <v>5845</v>
       </c>
       <c r="B353" t="s">
         <v>699</v>
       </c>
       <c r="C353" s="5">
-        <v>5.9</v>
+        <v>28.0</v>
       </c>
       <c r="D353" s="6" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="3">
-        <v>5845</v>
+        <v>5846</v>
       </c>
       <c r="B354" t="s">
         <v>701</v>
       </c>
       <c r="C354" s="5">
         <v>28.0</v>
       </c>
       <c r="D354" s="6" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="3">
-        <v>5846</v>
+        <v>5847</v>
       </c>
       <c r="B355" t="s">
         <v>703</v>
       </c>
       <c r="C355" s="5">
-        <v>28.0</v>
+        <v>50.0</v>
       </c>
       <c r="D355" s="6" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="3">
-        <v>5847</v>
+        <v>5848</v>
       </c>
       <c r="B356" t="s">
         <v>705</v>
       </c>
       <c r="C356" s="5">
-        <v>50.0</v>
+        <v>40.0</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="3">
-        <v>5848</v>
+        <v>5849</v>
       </c>
       <c r="B357" t="s">
         <v>707</v>
       </c>
       <c r="C357" s="5">
         <v>40.0</v>
       </c>
       <c r="D357" s="6" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="3">
-        <v>5849</v>
+        <v>5850</v>
       </c>
       <c r="B358" t="s">
         <v>709</v>
       </c>
       <c r="C358" s="5">
-        <v>40.0</v>
+        <v>46.0</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="3">
-        <v>5850</v>
+        <v>5851</v>
       </c>
       <c r="B359" t="s">
         <v>711</v>
       </c>
       <c r="C359" s="5">
-        <v>46.0</v>
+        <v>40.0</v>
       </c>
       <c r="D359" s="6" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="3">
-        <v>5851</v>
+        <v>5852</v>
       </c>
       <c r="B360" t="s">
         <v>713</v>
       </c>
       <c r="C360" s="5">
-        <v>40.0</v>
+        <v>60.0</v>
       </c>
       <c r="D360" s="6" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="3">
-        <v>5852</v>
+        <v>5853</v>
       </c>
       <c r="B361" t="s">
         <v>715</v>
       </c>
       <c r="C361" s="5">
-        <v>60.0</v>
+        <v>70.0</v>
       </c>
       <c r="D361" s="6" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="3">
-        <v>5853</v>
+        <v>5854</v>
       </c>
       <c r="B362" t="s">
         <v>717</v>
       </c>
       <c r="C362" s="5">
-        <v>70.0</v>
+        <v>80.0</v>
       </c>
       <c r="D362" s="6" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="3">
-        <v>5854</v>
+        <v>5838</v>
       </c>
       <c r="B363" t="s">
         <v>719</v>
       </c>
       <c r="C363" s="5">
-        <v>80.0</v>
+        <v>18.0</v>
       </c>
       <c r="D363" s="6" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="3">
-        <v>5838</v>
+        <v>5839</v>
       </c>
       <c r="B364" t="s">
         <v>721</v>
       </c>
       <c r="C364" s="5">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="D364" s="6" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="3">
-        <v>5839</v>
+        <v>5840</v>
       </c>
       <c r="B365" t="s">
         <v>723</v>
       </c>
       <c r="C365" s="5">
-        <v>14.0</v>
+        <v>30.0</v>
       </c>
       <c r="D365" s="6" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="3">
-        <v>5840</v>
+        <v>5841</v>
       </c>
       <c r="B366" t="s">
         <v>725</v>
       </c>
       <c r="C366" s="5">
         <v>30.0</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="3">
-        <v>5841</v>
+        <v>5842</v>
       </c>
       <c r="B367" t="s">
         <v>727</v>
       </c>
       <c r="C367" s="5">
-        <v>30.0</v>
+        <v>25.0</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="3">
-        <v>5842</v>
+        <v>5843</v>
       </c>
       <c r="B368" t="s">
         <v>729</v>
       </c>
       <c r="C368" s="5">
-        <v>25.0</v>
+        <v>28.0</v>
       </c>
       <c r="D368" s="6" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="3">
-        <v>5843</v>
+        <v>5844</v>
       </c>
       <c r="B369" t="s">
         <v>731</v>
       </c>
       <c r="C369" s="5">
-        <v>28.0</v>
+        <v>45.0</v>
       </c>
       <c r="D369" s="6" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="3">
-        <v>5844</v>
+        <v>5874</v>
       </c>
       <c r="B370" t="s">
         <v>733</v>
       </c>
       <c r="C370" s="5">
-        <v>45.0</v>
+        <v>18.0</v>
       </c>
       <c r="D370" s="6" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="3">
-        <v>5874</v>
+        <v>5875</v>
       </c>
       <c r="B371" t="s">
         <v>735</v>
       </c>
       <c r="C371" s="5">
         <v>18.0</v>
       </c>
       <c r="D371" s="6" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="3">
-        <v>5875</v>
+        <v>5877</v>
       </c>
       <c r="B372" t="s">
         <v>737</v>
       </c>
       <c r="C372" s="5">
         <v>18.0</v>
       </c>
       <c r="D372" s="6" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="3">
-        <v>5877</v>
+        <v>5866</v>
       </c>
       <c r="B373" t="s">
         <v>739</v>
       </c>
       <c r="C373" s="5">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="D373" s="6" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="3">
-        <v>5866</v>
+        <v>5867</v>
       </c>
       <c r="B374" t="s">
         <v>741</v>
       </c>
       <c r="C374" s="5">
         <v>48.0</v>
       </c>
       <c r="D374" s="6" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="3">
-        <v>5867</v>
+        <v>5868</v>
       </c>
       <c r="B375" t="s">
         <v>743</v>
       </c>
       <c r="C375" s="5">
         <v>48.0</v>
       </c>
       <c r="D375" s="6" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="3">
-        <v>5868</v>
+        <v>5870</v>
       </c>
       <c r="B376" t="s">
         <v>745</v>
       </c>
       <c r="C376" s="5">
         <v>48.0</v>
       </c>
       <c r="D376" s="6" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="3">
-        <v>5870</v>
+        <v>5871</v>
       </c>
       <c r="B377" t="s">
         <v>747</v>
       </c>
       <c r="C377" s="5">
         <v>48.0</v>
       </c>
       <c r="D377" s="6" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="3">
-        <v>5871</v>
+        <v>5872</v>
       </c>
       <c r="B378" t="s">
         <v>749</v>
       </c>
       <c r="C378" s="5">
         <v>48.0</v>
       </c>
       <c r="D378" s="6" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="3">
-        <v>5872</v>
+        <v>5861</v>
       </c>
       <c r="B379" t="s">
         <v>751</v>
       </c>
       <c r="C379" s="5">
-        <v>48.0</v>
+        <v>58.0</v>
       </c>
       <c r="D379" s="6" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="3">
-        <v>5861</v>
+        <v>5869</v>
       </c>
       <c r="B380" t="s">
         <v>753</v>
       </c>
       <c r="C380" s="5">
-        <v>58.0</v>
+        <v>48.0</v>
       </c>
       <c r="D380" s="6" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="3">
-        <v>5869</v>
+        <v>5881</v>
       </c>
       <c r="B381" t="s">
         <v>755</v>
       </c>
       <c r="C381" s="5">
-        <v>48.0</v>
+        <v>10.25</v>
       </c>
       <c r="D381" s="6" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="3">
-        <v>5881</v>
+        <v>5855</v>
       </c>
       <c r="B382" t="s">
         <v>757</v>
       </c>
       <c r="C382" s="5">
-        <v>10.25</v>
+        <v>11.8</v>
       </c>
       <c r="D382" s="6" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="3">
-        <v>5855</v>
+        <v>5856</v>
       </c>
       <c r="B383" t="s">
         <v>759</v>
       </c>
       <c r="C383" s="5">
         <v>11.8</v>
       </c>
       <c r="D383" s="6" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="3">
-        <v>5856</v>
+        <v>5860</v>
       </c>
       <c r="B384" t="s">
         <v>761</v>
       </c>
       <c r="C384" s="5">
-        <v>11.8</v>
+        <v>58.0</v>
       </c>
       <c r="D384" s="6" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="3">
-        <v>5860</v>
+        <v>5863</v>
       </c>
       <c r="B385" t="s">
         <v>763</v>
       </c>
       <c r="C385" s="5">
-        <v>58.0</v>
+        <v>18.0</v>
       </c>
       <c r="D385" s="6" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="3">
-        <v>5863</v>
+        <v>5879</v>
       </c>
       <c r="B386" t="s">
         <v>765</v>
       </c>
       <c r="C386" s="5">
-        <v>18.0</v>
+        <v>2.36</v>
       </c>
       <c r="D386" s="6" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="3">
-        <v>5879</v>
+        <v>5882</v>
       </c>
       <c r="B387" t="s">
         <v>767</v>
       </c>
       <c r="C387" s="5">
-        <v>2.36</v>
+        <v>3.84</v>
       </c>
       <c r="D387" s="6" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="3">
-        <v>5882</v>
+        <v>5858</v>
       </c>
       <c r="B388" t="s">
         <v>769</v>
       </c>
       <c r="C388" s="5">
-        <v>3.84</v>
+        <v>25.0</v>
       </c>
       <c r="D388" s="6" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="3">
-        <v>5858</v>
+        <v>5554</v>
       </c>
       <c r="B389" t="s">
         <v>771</v>
       </c>
       <c r="C389" s="5">
-        <v>25.0</v>
+        <v>3.7</v>
       </c>
       <c r="D389" s="6" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="3">
-        <v>5554</v>
+        <v>5555</v>
       </c>
       <c r="B390" t="s">
         <v>773</v>
       </c>
       <c r="C390" s="5">
-        <v>3.7</v>
+        <v>3.75</v>
       </c>
       <c r="D390" s="6" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="3">
-        <v>5555</v>
+        <v>5556</v>
       </c>
       <c r="B391" t="s">
         <v>775</v>
       </c>
       <c r="C391" s="5">
-        <v>3.75</v>
+        <v>3.85</v>
       </c>
       <c r="D391" s="6" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="3">
-        <v>5556</v>
+        <v>5557</v>
       </c>
       <c r="B392" t="s">
         <v>777</v>
       </c>
       <c r="C392" s="5">
-        <v>3.85</v>
+        <v>3.9</v>
       </c>
       <c r="D392" s="6" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="3">
-        <v>5557</v>
+        <v>5558</v>
       </c>
       <c r="B393" t="s">
         <v>779</v>
       </c>
       <c r="C393" s="5">
-        <v>3.9</v>
+        <v>4.25</v>
       </c>
       <c r="D393" s="6" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="3">
-        <v>5558</v>
+        <v>5482</v>
       </c>
       <c r="B394" t="s">
         <v>781</v>
       </c>
       <c r="C394" s="5">
-        <v>4.25</v>
+        <v>35.0</v>
       </c>
       <c r="D394" s="6" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="3">
-        <v>5482</v>
+        <v>5483</v>
       </c>
       <c r="B395" t="s">
         <v>783</v>
       </c>
       <c r="C395" s="5">
-        <v>35.0</v>
+        <v>40.0</v>
       </c>
       <c r="D395" s="6" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="3">
-        <v>5483</v>
+        <v>5484</v>
       </c>
       <c r="B396" t="s">
         <v>785</v>
       </c>
       <c r="C396" s="5">
-        <v>40.0</v>
+        <v>36.0</v>
       </c>
       <c r="D396" s="6" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="3">
-        <v>5484</v>
+        <v>5485</v>
       </c>
       <c r="B397" t="s">
         <v>787</v>
       </c>
       <c r="C397" s="5">
-        <v>36.0</v>
+        <v>38.0</v>
       </c>
       <c r="D397" s="6" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="3">
-        <v>5485</v>
+        <v>5486</v>
       </c>
       <c r="B398" t="s">
         <v>789</v>
       </c>
       <c r="C398" s="5">
-        <v>38.0</v>
+        <v>45.0</v>
       </c>
       <c r="D398" s="6" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="3">
-        <v>5486</v>
+        <v>5260</v>
       </c>
       <c r="B399" t="s">
+        <v>755</v>
+      </c>
+      <c r="C399" s="5">
+        <v>14.16</v>
+      </c>
+      <c r="D399" s="6" t="s">
         <v>791</v>
-      </c>
-[...4 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="3">
-        <v>5260</v>
+        <v>5261</v>
       </c>
       <c r="B400" t="s">
-        <v>757</v>
+        <v>525</v>
       </c>
       <c r="C400" s="5">
-        <v>14.16</v>
+        <v>15.0</v>
       </c>
       <c r="D400" s="6" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="3">
-        <v>5261</v>
+        <v>5240</v>
       </c>
       <c r="B401" t="s">
-        <v>525</v>
+        <v>331</v>
       </c>
       <c r="C401" s="5">
         <v>15.0</v>
       </c>
       <c r="D401" s="6" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="3">
-        <v>5240</v>
+        <v>5262</v>
       </c>
       <c r="B402" t="s">
-        <v>331</v>
+        <v>523</v>
       </c>
       <c r="C402" s="5">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="D402" s="6" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="3">
-        <v>5262</v>
+        <v>5256</v>
       </c>
       <c r="B403" t="s">
-        <v>523</v>
+        <v>312</v>
       </c>
       <c r="C403" s="5">
-        <v>18.0</v>
+        <v>11.8</v>
       </c>
       <c r="D403" s="6" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="3">
-        <v>5256</v>
+        <v>5255</v>
       </c>
       <c r="B404" t="s">
         <v>312</v>
       </c>
       <c r="C404" s="5">
-        <v>11.8</v>
+        <v>18.0</v>
       </c>
       <c r="D404" s="6" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="3">
-        <v>5255</v>
+        <v>5263</v>
       </c>
       <c r="B405" t="s">
-        <v>312</v>
+        <v>331</v>
       </c>
       <c r="C405" s="5">
-        <v>18.0</v>
+        <v>17.11</v>
       </c>
       <c r="D405" s="6" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="3">
-        <v>5263</v>
+        <v>5245</v>
       </c>
       <c r="B406" t="s">
-        <v>331</v>
+        <v>798</v>
       </c>
       <c r="C406" s="5">
-        <v>17.11</v>
+        <v>17.7</v>
       </c>
       <c r="D406" s="6" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="3">
-        <v>5245</v>
+        <v>5211</v>
       </c>
       <c r="B407" t="s">
         <v>800</v>
       </c>
       <c r="C407" s="5">
-        <v>17.7</v>
+        <v>12.25</v>
       </c>
       <c r="D407" s="6" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="3">
-        <v>5211</v>
+        <v>3951</v>
       </c>
       <c r="B408" t="s">
         <v>802</v>
       </c>
       <c r="C408" s="5">
-        <v>12.25</v>
+        <v>3.65</v>
       </c>
       <c r="D408" s="6" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="3">
-        <v>3951</v>
+        <v>5052</v>
       </c>
       <c r="B409" t="s">
         <v>804</v>
       </c>
       <c r="C409" s="5">
-        <v>3.65</v>
+        <v>6.75</v>
       </c>
       <c r="D409" s="6" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="3">
-        <v>5052</v>
+        <v>4338</v>
       </c>
       <c r="B410" t="s">
         <v>806</v>
       </c>
       <c r="C410" s="5">
-        <v>6.75</v>
+        <v>14.25</v>
       </c>
       <c r="D410" s="6" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="3">
-        <v>4338</v>
+        <v>4945</v>
       </c>
       <c r="B411" t="s">
         <v>808</v>
       </c>
       <c r="C411" s="5">
-        <v>14.25</v>
+        <v>9.25</v>
       </c>
       <c r="D411" s="6" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="3">
-        <v>4945</v>
+        <v>4949</v>
       </c>
       <c r="B412" t="s">
         <v>810</v>
       </c>
       <c r="C412" s="5">
-        <v>9.25</v>
+        <v>11.75</v>
       </c>
       <c r="D412" s="6" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="3">
-        <v>4949</v>
+        <v>4985</v>
       </c>
       <c r="B413" t="s">
         <v>812</v>
       </c>
       <c r="C413" s="5">
-        <v>11.75</v>
+        <v>12.0</v>
       </c>
       <c r="D413" s="6" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="3">
-        <v>4985</v>
+        <v>7813</v>
       </c>
       <c r="B414" t="s">
         <v>814</v>
       </c>
       <c r="C414" s="5">
-        <v>12.0</v>
+        <v>4.25</v>
       </c>
       <c r="D414" s="6" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="3">
-        <v>7813</v>
+        <v>4967</v>
       </c>
       <c r="B415" t="s">
         <v>816</v>
       </c>
       <c r="C415" s="5">
-        <v>4.25</v>
+        <v>3.54</v>
       </c>
       <c r="D415" s="6" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="3">
-        <v>4967</v>
+        <v>4968</v>
       </c>
       <c r="B416" t="s">
         <v>818</v>
       </c>
       <c r="C416" s="5">
-        <v>3.54</v>
+        <v>4.72</v>
       </c>
       <c r="D416" s="6" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="3">
-        <v>4968</v>
+        <v>4969</v>
       </c>
       <c r="B417" t="s">
         <v>820</v>
       </c>
       <c r="C417" s="5">
-        <v>4.72</v>
+        <v>4.75</v>
       </c>
       <c r="D417" s="6" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="3">
-        <v>4969</v>
+        <v>4982</v>
       </c>
       <c r="B418" t="s">
         <v>822</v>
       </c>
       <c r="C418" s="5">
-        <v>4.75</v>
+        <v>12.0</v>
       </c>
       <c r="D418" s="6" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="3">
-        <v>4982</v>
+        <v>4966</v>
       </c>
       <c r="B419" t="s">
         <v>824</v>
       </c>
       <c r="C419" s="5">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="D419" s="6" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="3">
-        <v>4966</v>
+        <v>4908</v>
       </c>
       <c r="B420" t="s">
         <v>826</v>
       </c>
       <c r="C420" s="5">
-        <v>15.0</v>
+        <v>6.5</v>
       </c>
       <c r="D420" s="6" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="3">
-        <v>4908</v>
+        <v>4917</v>
       </c>
       <c r="B421" t="s">
         <v>828</v>
       </c>
       <c r="C421" s="5">
-        <v>6.5</v>
+        <v>4.75</v>
       </c>
       <c r="D421" s="6" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="3">
-        <v>4917</v>
+        <v>4581</v>
       </c>
       <c r="B422" t="s">
         <v>830</v>
       </c>
       <c r="C422" s="5">
-        <v>4.75</v>
+        <v>125.0</v>
       </c>
       <c r="D422" s="6" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="3">
-        <v>4581</v>
+        <v>4310</v>
       </c>
       <c r="B423" t="s">
         <v>832</v>
       </c>
       <c r="C423" s="5">
-        <v>125.0</v>
+        <v>48.0</v>
       </c>
       <c r="D423" s="6" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="3">
-        <v>4310</v>
+        <v>4273</v>
       </c>
       <c r="B424" t="s">
+        <v>535</v>
+      </c>
+      <c r="C424" s="5">
+        <v>12.0</v>
+      </c>
+      <c r="D424" s="6" t="s">
         <v>834</v>
-      </c>
-[...4 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="3">
-        <v>4273</v>
+        <v>4309</v>
       </c>
       <c r="B425" t="s">
-        <v>535</v>
+        <v>835</v>
       </c>
       <c r="C425" s="5">
-        <v>12.0</v>
+        <v>8.2</v>
       </c>
       <c r="D425" s="6" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="3">
-        <v>4309</v>
+        <v>4388</v>
       </c>
       <c r="B426" t="s">
         <v>837</v>
       </c>
       <c r="C426" s="5">
-        <v>8.2</v>
+        <v>5.25</v>
       </c>
       <c r="D426" s="6" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="3">
-        <v>4388</v>
+        <v>4389</v>
       </c>
       <c r="B427" t="s">
         <v>839</v>
       </c>
       <c r="C427" s="5">
-        <v>5.25</v>
+        <v>65.0</v>
       </c>
       <c r="D427" s="6" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="3">
-        <v>4389</v>
+        <v>4379</v>
       </c>
       <c r="B428" t="s">
         <v>841</v>
       </c>
       <c r="C428" s="5">
-        <v>65.0</v>
+        <v>72.0</v>
       </c>
       <c r="D428" s="6" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="3">
-        <v>4379</v>
+        <v>4304</v>
       </c>
       <c r="B429" t="s">
         <v>843</v>
       </c>
       <c r="C429" s="5">
-        <v>72.0</v>
+        <v>6.75</v>
       </c>
       <c r="D429" s="6" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="3">
-        <v>4304</v>
+        <v>3927</v>
       </c>
       <c r="B430" t="s">
         <v>845</v>
       </c>
       <c r="C430" s="5">
-        <v>6.75</v>
+        <v>78.0</v>
       </c>
       <c r="D430" s="6" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="3">
-        <v>3927</v>
+        <v>3908</v>
       </c>
       <c r="B431" t="s">
+        <v>331</v>
+      </c>
+      <c r="C431" s="5">
+        <v>14.16</v>
+      </c>
+      <c r="D431" s="6" t="s">
         <v>847</v>
-      </c>
-[...18 lines deleted...]
-        <v>849</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -9423,51 +9403,50 @@
     <hyperlink ref="D407" r:id="rId_hyperlink_405"/>
     <hyperlink ref="D408" r:id="rId_hyperlink_406"/>
     <hyperlink ref="D409" r:id="rId_hyperlink_407"/>
     <hyperlink ref="D410" r:id="rId_hyperlink_408"/>
     <hyperlink ref="D411" r:id="rId_hyperlink_409"/>
     <hyperlink ref="D412" r:id="rId_hyperlink_410"/>
     <hyperlink ref="D413" r:id="rId_hyperlink_411"/>
     <hyperlink ref="D414" r:id="rId_hyperlink_412"/>
     <hyperlink ref="D415" r:id="rId_hyperlink_413"/>
     <hyperlink ref="D416" r:id="rId_hyperlink_414"/>
     <hyperlink ref="D417" r:id="rId_hyperlink_415"/>
     <hyperlink ref="D418" r:id="rId_hyperlink_416"/>
     <hyperlink ref="D419" r:id="rId_hyperlink_417"/>
     <hyperlink ref="D420" r:id="rId_hyperlink_418"/>
     <hyperlink ref="D421" r:id="rId_hyperlink_419"/>
     <hyperlink ref="D422" r:id="rId_hyperlink_420"/>
     <hyperlink ref="D423" r:id="rId_hyperlink_421"/>
     <hyperlink ref="D424" r:id="rId_hyperlink_422"/>
     <hyperlink ref="D425" r:id="rId_hyperlink_423"/>
     <hyperlink ref="D426" r:id="rId_hyperlink_424"/>
     <hyperlink ref="D427" r:id="rId_hyperlink_425"/>
     <hyperlink ref="D428" r:id="rId_hyperlink_426"/>
     <hyperlink ref="D429" r:id="rId_hyperlink_427"/>
     <hyperlink ref="D430" r:id="rId_hyperlink_428"/>
     <hyperlink ref="D431" r:id="rId_hyperlink_429"/>
-    <hyperlink ref="D432" r:id="rId_hyperlink_430"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>