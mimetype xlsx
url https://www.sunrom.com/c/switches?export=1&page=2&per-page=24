--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -14,74 +14,542 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="694">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="850">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/switches?page=2&amp;per-page=24</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:25:41</t>
+    <t>03-Jan-2026 22:09:44</t>
+  </si>
+  <si>
+    <t>Socket 5P with 15cm wires for Metal Switch 16mm</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8087</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - No light</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8007</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Red Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8008</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Green Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8009</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Blue Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8010</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Yellow Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8011</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC White Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8012</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Red Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8013</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Green Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8014</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Blue Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8015</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Yellow Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8016</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC White Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8017</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Red Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8018</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Green Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8019</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Blue Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8020</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Yellow Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8021</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC White Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8022</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Red Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8023</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Green Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8024</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Blue Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8025</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC Yellow Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8026</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 3-6V DC White Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8027</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Red Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8028</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Green Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8029</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Blue Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8030</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC Yellow Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8031</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 12-24V DC White Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8032</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Red Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8033</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Green Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8034</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Blue Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8035</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC Yellow Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8036</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON Momentary - IP65 - Indicator 220V AC White Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8037</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - No light</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8038</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Red Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8039</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Green Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8040</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Blue Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8041</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Yellow Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8042</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC White Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8043</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Red Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8044</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Green Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8045</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Blue Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8046</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Yellow Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8047</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC White Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8048</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Red Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8049</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Green Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8050</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Blue Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8051</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Yellow Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8052</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC White Ring</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8053</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Red Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8054</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Green Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8055</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Blue Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8056</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC Yellow Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8057</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 3-6V DC White Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8058</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Red Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8059</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Green Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8060</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Blue Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8061</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC Yellow Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8062</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 12-24V DC White Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8063</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Red Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8064</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Green Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8065</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Blue Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8066</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC Yellow Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8067</t>
+  </si>
+  <si>
+    <t>Metal Switch 16mm - Push to ON/OFF Latch - IP65 - Indicator 220V AC White Ring+Power</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8068</t>
+  </si>
+  <si>
+    <t>Green 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8000</t>
+  </si>
+  <si>
+    <t>White 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8001</t>
+  </si>
+  <si>
+    <t>Red 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8002</t>
+  </si>
+  <si>
+    <t>Yellow 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8003</t>
+  </si>
+  <si>
+    <t>Blue 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8004</t>
+  </si>
+  <si>
+    <t>Green 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8005</t>
+  </si>
+  <si>
+    <t>White 10mm 110-220V AC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/8006</t>
+  </si>
+  <si>
+    <t>Red 10mm 3-6V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7992</t>
+  </si>
+  <si>
+    <t>Yellow 10mm 3-6V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7993</t>
+  </si>
+  <si>
+    <t>Blue 10mm 3-6V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7994</t>
+  </si>
+  <si>
+    <t>Green 10mm 3-6V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7995</t>
+  </si>
+  <si>
+    <t>White 10mm 3-6V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7996</t>
+  </si>
+  <si>
+    <t>Red 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7997</t>
+  </si>
+  <si>
+    <t>Yellow 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7998</t>
+  </si>
+  <si>
+    <t>Blue 10mm 12-24V DC Panel Mount Indicator LED with 15cm wire</t>
+  </si>
+  <si>
+    <t>https://www.sunrom.com/m/7999</t>
   </si>
   <si>
     <t>Tact Key Switch Round Gray</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7938</t>
   </si>
   <si>
     <t>Tact Key Switch Square Yellow</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7935</t>
   </si>
   <si>
     <t>Tact Key Switch Square Blue</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7936</t>
   </si>
   <si>
     <t>Tact Key Switch Round Green</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7937</t>
   </si>
@@ -2465,5015 +2933,6107 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/switches?page=2&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7938" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7935" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7936" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7937" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7932" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7933" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7934" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7931" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7928" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7929" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7930" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7941" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7942" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7943" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7944" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7945" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7946" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7914" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7915" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7916" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7917" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7918" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7919" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7920" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7921" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7922" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7923" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7924" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7925" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7926" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7927" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7947" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7948" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7949" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7950" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7951" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7952" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7953" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7954" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7955" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7956" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7957" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7958" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7959" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7939" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7940" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7685" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7824" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7825" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7817" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7823" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7673" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7674" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7675" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7676" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7678" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7679" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7680" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7681" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7683" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7684" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7690" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7692" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7694" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7682" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7688" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7689" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7686" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7691" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7693" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7644" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7645" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7646" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7633" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7507" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7511" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7512" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7513" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7514" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7515" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7516" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7517" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7510" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7508" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7506" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7175" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7607" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7606" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7589" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7590" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7591" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7592" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7593" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7594" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7595" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7601" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7602" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7603" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7604" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7605" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7585" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7586" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7587" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7588" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7596" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7597" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7598" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7599" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7600" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7608" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7609" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7610" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7611" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7612" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7613" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7614" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7616" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7617" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7618" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7619" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7620" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7615" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7519" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7520" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7521" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7522" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7523" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7524" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7525" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7526" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7527" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7528" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7529" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7553" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7552" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7551" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7554" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7549" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7550" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7556" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7557" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7558" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7559" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7560" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7561" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7562" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7530" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7575" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7576" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7577" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7578" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7579" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7580" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7536" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7537" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7538" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7539" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7540" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7541" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7542" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7581" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7584" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7583" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7574" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7565" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7566" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7567" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7568" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7569" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7570" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7571" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7572" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7573" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7531" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7532" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7533" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7534" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7535" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7518" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7563" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7564" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7497" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7498" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7499" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7500" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7501" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7502" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7503" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7504" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7505" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7621" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7622" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7623" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7624" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7625" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7626" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7627" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7628" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7629" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7630" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7106" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7107" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7109" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7083" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4983" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7058" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6830" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6555" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6584" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6585" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6586" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6567" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6568" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6569" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6570" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6571" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6563" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6565" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6566" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6484" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6483" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6479" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6473" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6474" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6475" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6476" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6477" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6478" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6480" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6481" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6482" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6421" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6466" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6422" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6428" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6417" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6419" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6420" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4420" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6231" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6232" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6233" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6234" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6235" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6236" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6237" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4984" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6238" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6040" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5995" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5998" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5999" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6001" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6039" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4583" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4398" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5953" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5954" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5897" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5825" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5826" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5827" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5828" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5829" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5830" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5831" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5832" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5833" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5834" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5835" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5836" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5837" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5845" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5846" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5847" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5848" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5849" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5850" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5851" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5852" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5853" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5854" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5838" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5839" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5840" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5841" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5842" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5843" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5844" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5874" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5875" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5877" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5866" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5867" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5868" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5870" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5871" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5872" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5861" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5869" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5881" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5855" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5856" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5860" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5863" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5879" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5882" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5858" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5554" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5555" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5556" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5557" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5558" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5482" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5483" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5484" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5485" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5486" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5260" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5261" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5240" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5262" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5256" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5255" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5263" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5245" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5211" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3951" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5052" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4338" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4945" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4949" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4985" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7813" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4967" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4968" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4969" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4982" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4966" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4908" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4917" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4581" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4310" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4273" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4309" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4388" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4389" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4379" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4304" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3927" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3908" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/c/switches?page=2&amp;per-page=24" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8087" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8007" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8008" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8009" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8010" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8011" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8012" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8013" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8014" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8015" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8016" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8017" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8018" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8019" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8020" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8021" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8022" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8023" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8024" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8025" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8026" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8027" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8028" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8029" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8030" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8031" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8032" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8033" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8034" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8035" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8036" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8037" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8038" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8039" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8040" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8041" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8042" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8043" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8044" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8045" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8046" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8047" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8048" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8049" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8050" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8051" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8052" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8053" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8054" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8055" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8056" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8057" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8058" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8059" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8060" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8061" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8062" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8063" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8064" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8065" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8066" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8067" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8068" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8000" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8001" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8002" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8003" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8004" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8005" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/8006" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7992" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7993" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7994" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7995" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7996" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7997" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7998" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7999" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7938" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7935" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7936" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7937" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7932" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7933" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7934" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7931" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7928" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7929" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7930" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7941" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7942" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7943" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7944" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7945" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7946" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7914" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7915" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7916" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7917" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7918" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7919" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7920" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7921" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7922" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7923" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7924" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7925" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7926" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7927" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7947" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7948" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7949" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7950" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7951" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7952" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7953" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7954" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7955" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7956" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7957" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7958" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7959" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7939" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7940" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7685" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7824" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7825" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7817" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7823" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7673" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7674" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7675" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7676" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7678" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7679" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7680" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7681" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7683" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7684" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7690" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7692" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7694" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7682" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7688" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7689" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7686" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7691" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7693" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7644" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7645" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7646" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7633" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7507" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7511" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7512" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7513" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7514" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7515" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7516" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7517" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7510" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7508" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7506" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7175" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7607" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7606" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7589" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7590" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7591" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7592" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7593" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7594" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7595" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7601" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7602" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7603" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7604" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7605" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7585" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7586" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7587" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7588" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7596" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7597" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7598" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7599" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7600" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7608" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7609" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7610" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7611" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7612" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7613" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7614" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7616" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7617" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7618" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7619" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7620" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7615" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7519" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7520" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7521" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7522" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7523" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7524" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7525" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7526" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7527" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7528" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7529" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7553" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7552" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7551" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7554" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7549" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7550" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7556" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7557" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7558" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7559" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7560" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7561" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7562" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7530" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7575" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7576" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7577" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7578" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7579" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7580" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7536" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7537" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7538" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7539" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7540" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7541" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7542" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7581" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7584" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7583" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7574" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7565" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7566" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7567" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7568" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7569" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7570" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7571" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7572" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7573" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7531" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7532" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7533" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7534" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7535" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7518" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7563" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7564" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7497" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7498" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7499" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7500" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7501" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7502" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7503" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7504" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7505" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7621" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7622" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7623" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7624" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7625" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7626" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7627" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7628" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7629" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7630" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7106" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7107" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7109" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7083" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4983" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7058" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6830" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6555" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6584" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6585" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6586" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6567" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6568" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6569" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6570" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6571" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6563" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6565" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6566" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6484" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6483" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6479" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6473" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6474" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6475" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6476" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6477" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6478" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6480" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6481" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6482" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6421" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6466" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6422" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6428" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6417" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6419" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6420" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4420" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6231" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6232" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6233" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6234" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6235" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6236" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6237" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4984" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6238" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6040" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5995" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5998" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5999" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6001" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/6039" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4583" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4398" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5953" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5954" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5897" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5825" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5826" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5827" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5828" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5829" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5830" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5831" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5832" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5833" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5834" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5835" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5836" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5837" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5845" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5846" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5847" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5848" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5849" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5850" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5851" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5852" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5853" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5854" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5838" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5839" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5840" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5841" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5842" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5843" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5844" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5874" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5875" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5877" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5866" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5867" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5868" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5870" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5871" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5872" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5861" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5869" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5881" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5855" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5856" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5860" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5863" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5879" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5882" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5858" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5554" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5555" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5556" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5557" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5558" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5482" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5483" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5484" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5485" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5486" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5260" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5261" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5240" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5262" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5256" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5255" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5263" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5245" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5211" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3951" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/5052" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4338" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4945" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4949" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4985" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/7813" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4967" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4968" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4969" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4982" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4966" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4908" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4917" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4581" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4310" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4273" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4309" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4388" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4389" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4379" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/4304" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3927" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sunrom.com/m/3908" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D354"/>
+  <dimension ref="A1:D432"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D354" sqref="D354"/>
+      <selection activeCell="D432" sqref="D432"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="true" style="3"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="5"/>
     <col min="4" max="4" width="28" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3">
-        <v>7938</v>
+        <v>8087</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5">
-        <v>48.0</v>
+        <v>45.0</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3">
-        <v>7935</v>
+        <v>8007</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="5">
-        <v>48.0</v>
+        <v>155.0</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="3">
-        <v>7936</v>
+        <v>8008</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="3">
-        <v>7937</v>
+        <v>8009</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="3">
-        <v>7932</v>
+        <v>8010</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="3">
-        <v>7933</v>
+        <v>8011</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3">
-        <v>7934</v>
+        <v>8012</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="3">
-        <v>7931</v>
+        <v>8013</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="3">
-        <v>7928</v>
+        <v>8014</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="3">
-        <v>7929</v>
+        <v>8015</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="3">
-        <v>7930</v>
+        <v>8016</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5">
-        <v>48.0</v>
+        <v>175.0</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="3">
-        <v>7941</v>
+        <v>8017</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5">
-        <v>25.0</v>
+        <v>175.0</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="3">
-        <v>7942</v>
+        <v>8018</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="5">
-        <v>28.0</v>
+        <v>175.0</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="3">
-        <v>7943</v>
+        <v>8019</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
-        <v>31.0</v>
+        <v>175.0</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="3">
-        <v>7944</v>
+        <v>8020</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5">
-        <v>30.0</v>
+        <v>175.0</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="3">
-        <v>7945</v>
+        <v>8021</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="5">
-        <v>32.0</v>
+        <v>175.0</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="3">
-        <v>7946</v>
+        <v>8022</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="5">
-        <v>35.0</v>
+        <v>175.0</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="3">
-        <v>7914</v>
+        <v>8023</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
-        <v>75.0</v>
+        <v>175.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="3">
-        <v>7915</v>
+        <v>8024</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="5">
-        <v>75.0</v>
+        <v>175.0</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3">
-        <v>7916</v>
+        <v>8025</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="5">
-        <v>75.0</v>
+        <v>175.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
-        <v>7917</v>
+        <v>8026</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
-        <v>75.0</v>
+        <v>175.0</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>7918</v>
+        <v>8027</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>75.0</v>
+        <v>175.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>7919</v>
+        <v>8028</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>75.0</v>
+        <v>175.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>7920</v>
+        <v>8029</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
-        <v>75.0</v>
+        <v>175.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>7921</v>
+        <v>8030</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>85.0</v>
+        <v>175.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>7922</v>
+        <v>8031</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>85.0</v>
+        <v>175.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>7923</v>
+        <v>8032</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>85.0</v>
+        <v>175.0</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>7924</v>
+        <v>8033</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
-        <v>85.0</v>
+        <v>175.0</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>7925</v>
+        <v>8034</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
-        <v>85.0</v>
+        <v>175.0</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>7926</v>
+        <v>8035</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>85.0</v>
+        <v>175.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>7927</v>
+        <v>8036</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>85.0</v>
+        <v>175.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>7947</v>
+        <v>8037</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>34.0</v>
+        <v>175.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>7948</v>
+        <v>8038</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>35.0</v>
+        <v>165.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>7949</v>
+        <v>8039</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
-        <v>36.0</v>
+        <v>185.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>7950</v>
+        <v>8040</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>38.0</v>
+        <v>185.0</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>7951</v>
+        <v>8041</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>35.0</v>
+        <v>185.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>7952</v>
+        <v>8042</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>35.0</v>
+        <v>185.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>7953</v>
+        <v>8043</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>35.0</v>
+        <v>185.0</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>7954</v>
+        <v>8044</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
-        <v>40.0</v>
+        <v>185.0</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>7955</v>
+        <v>8045</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
-        <v>41.0</v>
+        <v>185.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>7956</v>
+        <v>8046</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
-        <v>39.0</v>
+        <v>185.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>7957</v>
+        <v>8047</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
-        <v>42.0</v>
+        <v>185.0</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>7958</v>
+        <v>8048</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>44.0</v>
+        <v>185.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>7959</v>
+        <v>8049</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>45.0</v>
+        <v>185.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>7939</v>
+        <v>8050</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>95.0</v>
+        <v>185.0</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>7940</v>
+        <v>8051</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>90.0</v>
+        <v>185.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>7685</v>
+        <v>8052</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>19.25</v>
+        <v>185.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>7824</v>
+        <v>8053</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
-        <v>15.0</v>
+        <v>185.0</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>7825</v>
+        <v>8054</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
-        <v>28.0</v>
+        <v>185.0</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>7817</v>
+        <v>8055</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>7.25</v>
+        <v>185.0</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>7823</v>
+        <v>8056</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>7.25</v>
+        <v>185.0</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>7673</v>
+        <v>8057</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>2.25</v>
+        <v>185.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>7674</v>
+        <v>8058</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>2.3</v>
+        <v>185.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>7675</v>
+        <v>8059</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
-        <v>2.4</v>
+        <v>185.0</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>7676</v>
+        <v>8060</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
-        <v>2.5</v>
+        <v>185.0</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>7678</v>
+        <v>8061</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>3.2</v>
+        <v>185.0</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>7679</v>
+        <v>8062</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>3.5</v>
+        <v>185.0</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>7680</v>
+        <v>8063</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>4.0</v>
+        <v>185.0</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>7681</v>
+        <v>8064</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>4.5</v>
+        <v>185.0</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>7683</v>
+        <v>8065</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>5.25</v>
+        <v>185.0</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>7684</v>
+        <v>8066</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>5.25</v>
+        <v>185.0</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>7690</v>
+        <v>8067</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>5.25</v>
+        <v>185.0</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>7692</v>
+        <v>8068</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
-        <v>5.25</v>
+        <v>185.0</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>7694</v>
+        <v>8000</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
-        <v>15.0</v>
+        <v>84.0</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>7682</v>
+        <v>8001</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>7.25</v>
+        <v>84.0</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>7688</v>
+        <v>8002</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>24.25</v>
+        <v>84.0</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>7689</v>
+        <v>8003</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>6.25</v>
+        <v>84.0</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>7686</v>
+        <v>8004</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>17.25</v>
+        <v>84.0</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>7691</v>
+        <v>8005</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>12.0</v>
+        <v>84.0</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>7693</v>
+        <v>8006</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
-        <v>16.25</v>
+        <v>84.0</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>7644</v>
+        <v>7992</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>46.0</v>
+        <v>84.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>7645</v>
+        <v>7993</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>49.0</v>
+        <v>84.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>7646</v>
+        <v>7994</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
-        <v>65.0</v>
+        <v>84.0</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>7633</v>
+        <v>7995</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
-        <v>6.85</v>
+        <v>84.0</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>7507</v>
+        <v>7996</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>6.0</v>
+        <v>84.0</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>7511</v>
+        <v>7997</v>
       </c>
       <c r="B79" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C79" s="5">
-        <v>6.0</v>
+        <v>84.0</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>7512</v>
+        <v>7998</v>
       </c>
       <c r="B80" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>9.0</v>
+        <v>84.0</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>7513</v>
+        <v>7999</v>
       </c>
       <c r="B81" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>12.0</v>
+        <v>84.0</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>7514</v>
+        <v>7938</v>
       </c>
       <c r="B82" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>12.0</v>
+        <v>48.0</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>7515</v>
+        <v>7935</v>
       </c>
       <c r="B83" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>12.0</v>
+        <v>48.0</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>7516</v>
+        <v>7936</v>
       </c>
       <c r="B84" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>12.0</v>
+        <v>48.0</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>7517</v>
+        <v>7937</v>
       </c>
       <c r="B85" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>12.0</v>
+        <v>48.0</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>7510</v>
+        <v>7932</v>
       </c>
       <c r="B86" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>15.0</v>
+        <v>48.0</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>7508</v>
+        <v>7933</v>
       </c>
       <c r="B87" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>12.0</v>
+        <v>48.0</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>7506</v>
+        <v>7934</v>
       </c>
       <c r="B88" t="s">
-        <v>156</v>
+        <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>5.75</v>
+        <v>48.0</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>7175</v>
+        <v>7931</v>
       </c>
       <c r="B89" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>7607</v>
+        <v>7928</v>
       </c>
       <c r="B90" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>12.0</v>
+        <v>48.0</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3">
-        <v>7606</v>
+        <v>7929</v>
       </c>
       <c r="B91" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C91" s="5">
-        <v>12.0</v>
+        <v>48.0</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3">
-        <v>7589</v>
+        <v>7930</v>
       </c>
       <c r="B92" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C92" s="5">
-        <v>4.25</v>
+        <v>48.0</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3">
-        <v>7590</v>
+        <v>7941</v>
       </c>
       <c r="B93" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C93" s="5">
-        <v>4.35</v>
+        <v>25.0</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3">
-        <v>7591</v>
+        <v>7942</v>
       </c>
       <c r="B94" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C94" s="5">
-        <v>4.45</v>
+        <v>28.0</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3">
-        <v>7592</v>
+        <v>7943</v>
       </c>
       <c r="B95" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C95" s="5">
-        <v>4.55</v>
+        <v>31.0</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3">
-        <v>7593</v>
+        <v>7944</v>
       </c>
       <c r="B96" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C96" s="5">
-        <v>4.75</v>
+        <v>30.0</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3">
-        <v>7594</v>
+        <v>7945</v>
       </c>
       <c r="B97" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C97" s="5">
-        <v>5.25</v>
+        <v>32.0</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
-        <v>7595</v>
+        <v>7946</v>
       </c>
       <c r="B98" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C98" s="5">
-        <v>5.35</v>
+        <v>35.0</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
-        <v>7601</v>
+        <v>7914</v>
       </c>
       <c r="B99" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>3.5</v>
+        <v>75.0</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3">
-        <v>7602</v>
+        <v>7915</v>
       </c>
       <c r="B100" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C100" s="5">
-        <v>3.6</v>
+        <v>75.0</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
-        <v>7603</v>
+        <v>7916</v>
       </c>
       <c r="B101" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C101" s="5">
-        <v>4.25</v>
+        <v>75.0</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3">
-        <v>7604</v>
+        <v>7917</v>
       </c>
       <c r="B102" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C102" s="5">
-        <v>4.35</v>
+        <v>75.0</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3">
-        <v>7605</v>
+        <v>7918</v>
       </c>
       <c r="B103" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C103" s="5">
-        <v>4.45</v>
+        <v>75.0</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3">
-        <v>7585</v>
+        <v>7919</v>
       </c>
       <c r="B104" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C104" s="5">
-        <v>3.45</v>
+        <v>75.0</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
-        <v>7586</v>
+        <v>7920</v>
       </c>
       <c r="B105" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C105" s="5">
-        <v>3.55</v>
+        <v>75.0</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>7587</v>
+        <v>7921</v>
       </c>
       <c r="B106" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C106" s="5">
-        <v>3.65</v>
+        <v>85.0</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>7588</v>
+        <v>7922</v>
       </c>
       <c r="B107" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C107" s="5">
-        <v>3.75</v>
+        <v>85.0</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>7596</v>
+        <v>7923</v>
       </c>
       <c r="B108" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>3.55</v>
+        <v>85.0</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>7597</v>
+        <v>7924</v>
       </c>
       <c r="B109" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>3.65</v>
+        <v>85.0</v>
       </c>
       <c r="D109" s="6" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>7598</v>
+        <v>7925</v>
       </c>
       <c r="B110" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>3.75</v>
+        <v>85.0</v>
       </c>
       <c r="D110" s="6" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>7599</v>
+        <v>7926</v>
       </c>
       <c r="B111" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>3.25</v>
+        <v>85.0</v>
       </c>
       <c r="D111" s="6" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>7600</v>
+        <v>7927</v>
       </c>
       <c r="B112" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C112" s="5">
-        <v>3.45</v>
+        <v>85.0</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>7608</v>
+        <v>7947</v>
       </c>
       <c r="B113" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>4.6</v>
+        <v>34.0</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>7609</v>
+        <v>7948</v>
       </c>
       <c r="B114" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>4.9</v>
+        <v>35.0</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>7610</v>
+        <v>7949</v>
       </c>
       <c r="B115" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>5.25</v>
+        <v>36.0</v>
       </c>
       <c r="D115" s="6" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>7611</v>
+        <v>7950</v>
       </c>
       <c r="B116" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>5.45</v>
+        <v>38.0</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>7612</v>
+        <v>7951</v>
       </c>
       <c r="B117" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>5.65</v>
+        <v>35.0</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>7613</v>
+        <v>7952</v>
       </c>
       <c r="B118" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>6.25</v>
+        <v>35.0</v>
       </c>
       <c r="D118" s="6" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>7614</v>
+        <v>7953</v>
       </c>
       <c r="B119" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>6.45</v>
+        <v>35.0</v>
       </c>
       <c r="D119" s="6" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>7616</v>
+        <v>7954</v>
       </c>
       <c r="B120" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>3.45</v>
+        <v>40.0</v>
       </c>
       <c r="D120" s="6" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>7617</v>
+        <v>7955</v>
       </c>
       <c r="B121" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>3.65</v>
+        <v>41.0</v>
       </c>
       <c r="D121" s="6" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
-        <v>7618</v>
+        <v>7956</v>
       </c>
       <c r="B122" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>3.85</v>
+        <v>39.0</v>
       </c>
       <c r="D122" s="6" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
-        <v>7619</v>
+        <v>7957</v>
       </c>
       <c r="B123" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>3.25</v>
+        <v>42.0</v>
       </c>
       <c r="D123" s="6" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3">
-        <v>7620</v>
+        <v>7958</v>
       </c>
       <c r="B124" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C124" s="5">
-        <v>3.45</v>
+        <v>44.0</v>
       </c>
       <c r="D124" s="6" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3">
-        <v>7615</v>
+        <v>7959</v>
       </c>
       <c r="B125" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C125" s="5">
-        <v>4.25</v>
+        <v>45.0</v>
       </c>
       <c r="D125" s="6" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3">
-        <v>7519</v>
+        <v>7939</v>
       </c>
       <c r="B126" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C126" s="5">
-        <v>12.0</v>
+        <v>95.0</v>
       </c>
       <c r="D126" s="6" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3">
-        <v>7520</v>
+        <v>7940</v>
       </c>
       <c r="B127" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C127" s="5">
-        <v>12.0</v>
+        <v>90.0</v>
       </c>
       <c r="D127" s="6" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3">
-        <v>7521</v>
+        <v>7685</v>
       </c>
       <c r="B128" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C128" s="5">
-        <v>12.0</v>
+        <v>19.25</v>
       </c>
       <c r="D128" s="6" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3">
-        <v>7522</v>
+        <v>7824</v>
       </c>
       <c r="B129" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C129" s="5">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="D129" s="6" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3">
-        <v>7523</v>
+        <v>7825</v>
       </c>
       <c r="B130" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C130" s="5">
-        <v>12.0</v>
+        <v>28.0</v>
       </c>
       <c r="D130" s="6" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3">
-        <v>7524</v>
+        <v>7817</v>
       </c>
       <c r="B131" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C131" s="5">
-        <v>12.0</v>
+        <v>7.25</v>
       </c>
       <c r="D131" s="6" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="3">
-        <v>7525</v>
+        <v>7823</v>
       </c>
       <c r="B132" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C132" s="5">
-        <v>14.0</v>
+        <v>7.25</v>
       </c>
       <c r="D132" s="6" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="3">
-        <v>7526</v>
+        <v>7673</v>
       </c>
       <c r="B133" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C133" s="5">
-        <v>15.0</v>
+        <v>2.25</v>
       </c>
       <c r="D133" s="6" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="3">
-        <v>7527</v>
+        <v>7674</v>
       </c>
       <c r="B134" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C134" s="5">
-        <v>15.0</v>
+        <v>2.3</v>
       </c>
       <c r="D134" s="6" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
-        <v>7528</v>
+        <v>7675</v>
       </c>
       <c r="B135" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C135" s="5">
-        <v>15.0</v>
+        <v>2.4</v>
       </c>
       <c r="D135" s="6" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
-        <v>7529</v>
+        <v>7676</v>
       </c>
       <c r="B136" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>18.0</v>
+        <v>2.5</v>
       </c>
       <c r="D136" s="6" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
-        <v>7553</v>
+        <v>7678</v>
       </c>
       <c r="B137" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>5.35</v>
+        <v>3.2</v>
       </c>
       <c r="D137" s="6" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
-        <v>7552</v>
+        <v>7679</v>
       </c>
       <c r="B138" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C138" s="5">
-        <v>5.25</v>
+        <v>3.5</v>
       </c>
       <c r="D138" s="6" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
-        <v>7551</v>
+        <v>7680</v>
       </c>
       <c r="B139" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C139" s="5">
-        <v>4.55</v>
+        <v>4.0</v>
       </c>
       <c r="D139" s="6" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="3">
-        <v>7554</v>
+        <v>7681</v>
       </c>
       <c r="B140" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C140" s="5">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="D140" s="6" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
-        <v>7549</v>
+        <v>7683</v>
       </c>
       <c r="B141" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C141" s="5">
-        <v>4.25</v>
+        <v>5.25</v>
       </c>
       <c r="D141" s="6" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
-        <v>7550</v>
+        <v>7684</v>
       </c>
       <c r="B142" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>4.35</v>
+        <v>5.25</v>
       </c>
       <c r="D142" s="6" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
-        <v>7556</v>
+        <v>7690</v>
       </c>
       <c r="B143" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C143" s="5">
-        <v>6.75</v>
+        <v>5.25</v>
       </c>
       <c r="D143" s="6" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
-        <v>7557</v>
+        <v>7692</v>
       </c>
       <c r="B144" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>6.75</v>
+        <v>5.25</v>
       </c>
       <c r="D144" s="6" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
-        <v>7558</v>
+        <v>7694</v>
       </c>
       <c r="B145" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C145" s="5">
-        <v>6.75</v>
+        <v>15.0</v>
       </c>
       <c r="D145" s="6" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
-        <v>7559</v>
+        <v>7682</v>
       </c>
       <c r="B146" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C146" s="5">
-        <v>6.75</v>
+        <v>7.25</v>
       </c>
       <c r="D146" s="6" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="3">
-        <v>7560</v>
+        <v>7688</v>
       </c>
       <c r="B147" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C147" s="5">
-        <v>6.75</v>
+        <v>24.25</v>
       </c>
       <c r="D147" s="6" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="3">
-        <v>7561</v>
+        <v>7689</v>
       </c>
       <c r="B148" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C148" s="5">
-        <v>6.75</v>
+        <v>6.25</v>
       </c>
       <c r="D148" s="6" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="3">
-        <v>7562</v>
+        <v>7686</v>
       </c>
       <c r="B149" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C149" s="5">
-        <v>6.75</v>
+        <v>17.25</v>
       </c>
       <c r="D149" s="6" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="3">
-        <v>7530</v>
+        <v>7691</v>
       </c>
       <c r="B150" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C150" s="5">
         <v>12.0</v>
       </c>
       <c r="D150" s="6" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="3">
-        <v>7575</v>
+        <v>7693</v>
       </c>
       <c r="B151" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C151" s="5">
-        <v>6.5</v>
+        <v>16.25</v>
       </c>
       <c r="D151" s="6" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="3">
-        <v>7576</v>
+        <v>7644</v>
       </c>
       <c r="B152" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C152" s="5">
-        <v>6.5</v>
+        <v>46.0</v>
       </c>
       <c r="D152" s="6" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="3">
-        <v>7577</v>
+        <v>7645</v>
       </c>
       <c r="B153" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C153" s="5">
-        <v>6.5</v>
+        <v>49.0</v>
       </c>
       <c r="D153" s="6" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="3">
-        <v>7578</v>
+        <v>7646</v>
       </c>
       <c r="B154" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C154" s="5">
-        <v>6.5</v>
+        <v>65.0</v>
       </c>
       <c r="D154" s="6" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="3">
-        <v>7579</v>
+        <v>7633</v>
       </c>
       <c r="B155" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C155" s="5">
-        <v>6.5</v>
+        <v>6.85</v>
       </c>
       <c r="D155" s="6" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="3">
-        <v>7580</v>
+        <v>7507</v>
       </c>
       <c r="B156" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C156" s="5">
-        <v>6.5</v>
+        <v>6.0</v>
       </c>
       <c r="D156" s="6" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="3">
-        <v>7536</v>
+        <v>7511</v>
       </c>
       <c r="B157" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C157" s="5">
-        <v>11.1</v>
+        <v>6.0</v>
       </c>
       <c r="D157" s="6" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
-        <v>7537</v>
+        <v>7512</v>
       </c>
       <c r="B158" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C158" s="5">
-        <v>11.25</v>
+        <v>9.0</v>
       </c>
       <c r="D158" s="6" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
-        <v>7538</v>
+        <v>7513</v>
       </c>
       <c r="B159" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C159" s="5">
-        <v>11.45</v>
+        <v>12.0</v>
       </c>
       <c r="D159" s="6" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3">
-        <v>7539</v>
+        <v>7514</v>
       </c>
       <c r="B160" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C160" s="5">
-        <v>12.1</v>
+        <v>12.0</v>
       </c>
       <c r="D160" s="6" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3">
-        <v>7540</v>
+        <v>7515</v>
       </c>
       <c r="B161" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C161" s="5">
-        <v>12.25</v>
+        <v>12.0</v>
       </c>
       <c r="D161" s="6" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="3">
-        <v>7541</v>
+        <v>7516</v>
       </c>
       <c r="B162" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C162" s="5">
-        <v>12.45</v>
+        <v>12.0</v>
       </c>
       <c r="D162" s="6" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="3">
-        <v>7542</v>
+        <v>7517</v>
       </c>
       <c r="B163" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C163" s="5">
-        <v>12.55</v>
+        <v>12.0</v>
       </c>
       <c r="D163" s="6" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="3">
-        <v>7581</v>
+        <v>7510</v>
       </c>
       <c r="B164" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C164" s="5">
-        <v>5.25</v>
+        <v>15.0</v>
       </c>
       <c r="D164" s="6" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="3">
-        <v>7584</v>
+        <v>7508</v>
       </c>
       <c r="B165" t="s">
-        <v>326</v>
+        <v>312</v>
       </c>
       <c r="C165" s="5">
-        <v>4.6</v>
+        <v>12.0</v>
       </c>
       <c r="D165" s="6" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="3">
-        <v>7583</v>
+        <v>7506</v>
       </c>
       <c r="B166" t="s">
-        <v>328</v>
+        <v>312</v>
       </c>
       <c r="C166" s="5">
-        <v>4.5</v>
+        <v>5.75</v>
       </c>
       <c r="D166" s="6" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="3">
-        <v>7574</v>
+        <v>7175</v>
       </c>
       <c r="B167" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C167" s="5">
-        <v>9.75</v>
+        <v>18.0</v>
       </c>
       <c r="D167" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="3">
-        <v>7565</v>
+        <v>7607</v>
       </c>
       <c r="B168" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C168" s="5">
-        <v>7.25</v>
+        <v>12.0</v>
       </c>
       <c r="D168" s="6" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="3">
-        <v>7566</v>
+        <v>7606</v>
       </c>
       <c r="B169" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C169" s="5">
-        <v>7.45</v>
+        <v>12.0</v>
       </c>
       <c r="D169" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="3">
-        <v>7567</v>
+        <v>7589</v>
       </c>
       <c r="B170" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C170" s="5">
-        <v>7.55</v>
+        <v>4.25</v>
       </c>
       <c r="D170" s="6" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="3">
-        <v>7568</v>
+        <v>7590</v>
       </c>
       <c r="B171" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C171" s="5">
-        <v>7.85</v>
+        <v>4.35</v>
       </c>
       <c r="D171" s="6" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="3">
-        <v>7569</v>
+        <v>7591</v>
       </c>
       <c r="B172" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C172" s="5">
-        <v>8.1</v>
+        <v>4.45</v>
       </c>
       <c r="D172" s="6" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="3">
-        <v>7570</v>
+        <v>7592</v>
       </c>
       <c r="B173" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C173" s="5">
-        <v>8.25</v>
+        <v>4.55</v>
       </c>
       <c r="D173" s="6" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="3">
-        <v>7571</v>
+        <v>7593</v>
       </c>
       <c r="B174" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C174" s="5">
-        <v>8.35</v>
+        <v>4.75</v>
       </c>
       <c r="D174" s="6" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="3">
-        <v>7572</v>
+        <v>7594</v>
       </c>
       <c r="B175" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C175" s="5">
-        <v>9.25</v>
+        <v>5.25</v>
       </c>
       <c r="D175" s="6" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="3">
-        <v>7573</v>
+        <v>7595</v>
       </c>
       <c r="B176" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C176" s="5">
-        <v>9.45</v>
+        <v>5.35</v>
       </c>
       <c r="D176" s="6" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="3">
-        <v>7531</v>
+        <v>7601</v>
       </c>
       <c r="B177" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C177" s="5">
-        <v>4.55</v>
+        <v>3.5</v>
       </c>
       <c r="D177" s="6" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="3">
-        <v>7532</v>
+        <v>7602</v>
       </c>
       <c r="B178" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C178" s="5">
-        <v>5.35</v>
+        <v>3.6</v>
       </c>
       <c r="D178" s="6" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="3">
-        <v>7533</v>
+        <v>7603</v>
       </c>
       <c r="B179" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C179" s="5">
-        <v>6.85</v>
+        <v>4.25</v>
       </c>
       <c r="D179" s="6" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="3">
-        <v>7534</v>
+        <v>7604</v>
       </c>
       <c r="B180" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C180" s="5">
-        <v>6.95</v>
+        <v>4.35</v>
       </c>
       <c r="D180" s="6" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="3">
-        <v>7535</v>
+        <v>7605</v>
       </c>
       <c r="B181" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C181" s="5">
-        <v>7.25</v>
+        <v>4.45</v>
       </c>
       <c r="D181" s="6" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="3">
-        <v>7518</v>
+        <v>7585</v>
       </c>
       <c r="B182" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C182" s="5">
-        <v>6.75</v>
+        <v>3.45</v>
       </c>
       <c r="D182" s="6" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="3">
-        <v>7563</v>
+        <v>7586</v>
       </c>
       <c r="B183" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C183" s="5">
-        <v>75.0</v>
+        <v>3.55</v>
       </c>
       <c r="D183" s="6" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="3">
-        <v>7564</v>
+        <v>7587</v>
       </c>
       <c r="B184" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C184" s="5">
-        <v>110.0</v>
+        <v>3.65</v>
       </c>
       <c r="D184" s="6" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="3">
-        <v>7497</v>
+        <v>7588</v>
       </c>
       <c r="B185" t="s">
-        <v>156</v>
+        <v>367</v>
       </c>
       <c r="C185" s="5">
-        <v>12.0</v>
+        <v>3.75</v>
       </c>
       <c r="D185" s="6" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="3">
-        <v>7498</v>
+        <v>7596</v>
       </c>
       <c r="B186" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C186" s="5">
-        <v>12.0</v>
+        <v>3.55</v>
       </c>
       <c r="D186" s="6" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="3">
-        <v>7499</v>
+        <v>7597</v>
       </c>
       <c r="B187" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C187" s="5">
-        <v>12.0</v>
+        <v>3.65</v>
       </c>
       <c r="D187" s="6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="3">
-        <v>7500</v>
+        <v>7598</v>
       </c>
       <c r="B188" t="s">
-        <v>171</v>
+        <v>373</v>
       </c>
       <c r="C188" s="5">
-        <v>14.0</v>
+        <v>3.75</v>
       </c>
       <c r="D188" s="6" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="3">
-        <v>7501</v>
+        <v>7599</v>
       </c>
       <c r="B189" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C189" s="5">
-        <v>14.0</v>
+        <v>3.25</v>
       </c>
       <c r="D189" s="6" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="3">
-        <v>7502</v>
+        <v>7600</v>
       </c>
       <c r="B190" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C190" s="5">
-        <v>15.0</v>
+        <v>3.45</v>
       </c>
       <c r="D190" s="6" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="3">
-        <v>7503</v>
+        <v>7608</v>
       </c>
       <c r="B191" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="C191" s="5">
-        <v>16.0</v>
+        <v>4.6</v>
       </c>
       <c r="D191" s="6" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="3">
-        <v>7504</v>
+        <v>7609</v>
       </c>
       <c r="B192" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C192" s="5">
-        <v>14.0</v>
+        <v>4.9</v>
       </c>
       <c r="D192" s="6" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="3">
-        <v>7505</v>
+        <v>7610</v>
       </c>
       <c r="B193" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C193" s="5">
-        <v>16.0</v>
+        <v>5.25</v>
       </c>
       <c r="D193" s="6" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="3">
-        <v>7621</v>
+        <v>7611</v>
       </c>
       <c r="B194" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C194" s="5">
-        <v>6.25</v>
+        <v>5.45</v>
       </c>
       <c r="D194" s="6" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="3">
-        <v>7622</v>
+        <v>7612</v>
       </c>
       <c r="B195" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C195" s="5">
-        <v>5.9</v>
+        <v>5.65</v>
       </c>
       <c r="D195" s="6" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="3">
-        <v>7623</v>
+        <v>7613</v>
       </c>
       <c r="B196" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C196" s="5">
-        <v>6.09</v>
+        <v>6.25</v>
       </c>
       <c r="D196" s="6" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="3">
-        <v>7624</v>
+        <v>7614</v>
       </c>
       <c r="B197" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C197" s="5">
-        <v>6.09</v>
+        <v>6.45</v>
       </c>
       <c r="D197" s="6" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="3">
-        <v>7625</v>
+        <v>7616</v>
       </c>
       <c r="B198" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C198" s="5">
-        <v>7.1</v>
+        <v>3.45</v>
       </c>
       <c r="D198" s="6" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="3">
-        <v>7626</v>
+        <v>7617</v>
       </c>
       <c r="B199" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C199" s="5">
-        <v>7.1</v>
+        <v>3.65</v>
       </c>
       <c r="D199" s="6" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="3">
-        <v>7627</v>
+        <v>7618</v>
       </c>
       <c r="B200" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C200" s="5">
-        <v>7.1</v>
+        <v>3.85</v>
       </c>
       <c r="D200" s="6" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="3">
-        <v>7628</v>
+        <v>7619</v>
       </c>
       <c r="B201" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C201" s="5">
-        <v>7.1</v>
+        <v>3.25</v>
       </c>
       <c r="D201" s="6" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="3">
-        <v>7629</v>
+        <v>7620</v>
       </c>
       <c r="B202" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C202" s="5">
-        <v>8.11</v>
+        <v>3.45</v>
       </c>
       <c r="D202" s="6" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="3">
-        <v>7630</v>
+        <v>7615</v>
       </c>
       <c r="B203" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C203" s="5">
-        <v>8.62</v>
+        <v>4.25</v>
       </c>
       <c r="D203" s="6" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="3">
-        <v>7106</v>
+        <v>7519</v>
       </c>
       <c r="B204" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C204" s="5">
-        <v>65.0</v>
+        <v>12.0</v>
       </c>
       <c r="D204" s="6" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="3">
-        <v>7107</v>
+        <v>7520</v>
       </c>
       <c r="B205" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C205" s="5">
         <v>12.0</v>
       </c>
       <c r="D205" s="6" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="3">
-        <v>7109</v>
+        <v>7521</v>
       </c>
       <c r="B206" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C206" s="5">
         <v>12.0</v>
       </c>
       <c r="D206" s="6" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="3">
-        <v>7083</v>
+        <v>7522</v>
       </c>
       <c r="B207" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C207" s="5">
-        <v>9.35</v>
+        <v>12.0</v>
       </c>
       <c r="D207" s="6" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="3">
-        <v>4983</v>
+        <v>7523</v>
       </c>
       <c r="B208" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C208" s="5">
-        <v>9.45</v>
+        <v>12.0</v>
       </c>
       <c r="D208" s="6" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="3">
-        <v>7058</v>
+        <v>7524</v>
       </c>
       <c r="B209" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C209" s="5">
-        <v>2.89</v>
+        <v>12.0</v>
       </c>
       <c r="D209" s="6" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="3">
-        <v>6830</v>
+        <v>7525</v>
       </c>
       <c r="B210" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C210" s="5">
-        <v>45.0</v>
+        <v>14.0</v>
       </c>
       <c r="D210" s="6" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="3">
-        <v>6555</v>
+        <v>7526</v>
       </c>
       <c r="B211" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C211" s="5">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
       <c r="D211" s="6" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="3">
-        <v>6584</v>
+        <v>7527</v>
       </c>
       <c r="B212" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C212" s="5">
-        <v>45.0</v>
+        <v>15.0</v>
       </c>
       <c r="D212" s="6" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="3">
-        <v>6585</v>
+        <v>7528</v>
       </c>
       <c r="B213" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C213" s="5">
-        <v>40.0</v>
+        <v>15.0</v>
       </c>
       <c r="D213" s="6" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="3">
-        <v>6586</v>
+        <v>7529</v>
       </c>
       <c r="B214" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C214" s="5">
-        <v>40.0</v>
+        <v>18.0</v>
       </c>
       <c r="D214" s="6" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="3">
-        <v>6567</v>
+        <v>7553</v>
       </c>
       <c r="B215" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C215" s="5">
-        <v>65.0</v>
+        <v>5.35</v>
       </c>
       <c r="D215" s="6" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="3">
-        <v>6568</v>
+        <v>7552</v>
       </c>
       <c r="B216" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C216" s="5">
-        <v>75.0</v>
+        <v>5.25</v>
       </c>
       <c r="D216" s="6" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="3">
-        <v>6569</v>
+        <v>7551</v>
       </c>
       <c r="B217" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C217" s="5">
-        <v>85.0</v>
+        <v>4.55</v>
       </c>
       <c r="D217" s="6" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="3">
-        <v>6570</v>
+        <v>7554</v>
       </c>
       <c r="B218" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C218" s="5">
-        <v>115.0</v>
+        <v>3.75</v>
       </c>
       <c r="D218" s="6" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="3">
-        <v>6571</v>
+        <v>7549</v>
       </c>
       <c r="B219" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C219" s="5">
-        <v>125.0</v>
+        <v>4.25</v>
       </c>
       <c r="D219" s="6" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="3">
-        <v>6563</v>
+        <v>7550</v>
       </c>
       <c r="B220" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C220" s="5">
-        <v>38.0</v>
+        <v>4.35</v>
       </c>
       <c r="D220" s="6" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="3">
-        <v>6565</v>
+        <v>7556</v>
       </c>
       <c r="B221" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C221" s="5">
-        <v>48.0</v>
+        <v>6.75</v>
       </c>
       <c r="D221" s="6" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="3">
-        <v>6566</v>
+        <v>7557</v>
       </c>
       <c r="B222" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C222" s="5">
-        <v>58.0</v>
+        <v>6.75</v>
       </c>
       <c r="D222" s="6" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="3">
-        <v>6484</v>
+        <v>7558</v>
       </c>
       <c r="B223" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C223" s="5">
-        <v>24.0</v>
+        <v>6.75</v>
       </c>
       <c r="D223" s="6" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="3">
-        <v>6483</v>
+        <v>7559</v>
       </c>
       <c r="B224" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C224" s="5">
-        <v>4.25</v>
+        <v>6.75</v>
       </c>
       <c r="D224" s="6" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="3">
-        <v>6479</v>
+        <v>7560</v>
       </c>
       <c r="B225" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C225" s="5">
-        <v>45.0</v>
+        <v>6.75</v>
       </c>
       <c r="D225" s="6" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="3">
-        <v>6473</v>
+        <v>7561</v>
       </c>
       <c r="B226" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="C226" s="5">
-        <v>20.0</v>
+        <v>6.75</v>
       </c>
       <c r="D226" s="6" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="3">
-        <v>6474</v>
+        <v>7562</v>
       </c>
       <c r="B227" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C227" s="5">
-        <v>25.0</v>
+        <v>6.75</v>
       </c>
       <c r="D227" s="6" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="3">
-        <v>6475</v>
+        <v>7530</v>
       </c>
       <c r="B228" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C228" s="5">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
       <c r="D228" s="6" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="3">
-        <v>6476</v>
+        <v>7575</v>
       </c>
       <c r="B229" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="C229" s="5">
-        <v>50.0</v>
+        <v>6.5</v>
       </c>
       <c r="D229" s="6" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="3">
-        <v>6477</v>
+        <v>7576</v>
       </c>
       <c r="B230" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C230" s="5">
-        <v>60.0</v>
+        <v>6.5</v>
       </c>
       <c r="D230" s="6" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="3">
-        <v>6478</v>
+        <v>7577</v>
       </c>
       <c r="B231" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C231" s="5">
-        <v>45.0</v>
+        <v>6.5</v>
       </c>
       <c r="D231" s="6" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="3">
-        <v>6480</v>
+        <v>7578</v>
       </c>
       <c r="B232" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C232" s="5">
-        <v>10.0</v>
+        <v>6.5</v>
       </c>
       <c r="D232" s="6" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="3">
-        <v>6481</v>
+        <v>7579</v>
       </c>
       <c r="B233" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C233" s="5">
-        <v>20.0</v>
+        <v>6.5</v>
       </c>
       <c r="D233" s="6" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="3">
-        <v>6482</v>
+        <v>7580</v>
       </c>
       <c r="B234" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C234" s="5">
-        <v>20.0</v>
+        <v>6.5</v>
       </c>
       <c r="D234" s="6" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="3">
-        <v>6421</v>
+        <v>7536</v>
       </c>
       <c r="B235" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C235" s="5">
-        <v>3.4</v>
+        <v>11.1</v>
       </c>
       <c r="D235" s="6" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="3">
-        <v>6466</v>
+        <v>7537</v>
       </c>
       <c r="B236" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C236" s="5">
-        <v>36.0</v>
+        <v>11.25</v>
       </c>
       <c r="D236" s="6" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="3">
-        <v>6422</v>
+        <v>7538</v>
       </c>
       <c r="B237" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C237" s="5">
-        <v>20.0</v>
+        <v>11.45</v>
       </c>
       <c r="D237" s="6" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="3">
-        <v>6428</v>
+        <v>7539</v>
       </c>
       <c r="B238" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C238" s="5">
-        <v>6.45</v>
+        <v>12.1</v>
       </c>
       <c r="D238" s="6" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="3">
-        <v>6417</v>
+        <v>7540</v>
       </c>
       <c r="B239" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C239" s="5">
-        <v>16.5</v>
+        <v>12.25</v>
       </c>
       <c r="D239" s="6" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="3">
-        <v>6419</v>
+        <v>7541</v>
       </c>
       <c r="B240" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C240" s="5">
-        <v>35.0</v>
+        <v>12.45</v>
       </c>
       <c r="D240" s="6" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="3">
-        <v>6420</v>
+        <v>7542</v>
       </c>
       <c r="B241" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C241" s="5">
-        <v>40.0</v>
+        <v>12.55</v>
       </c>
       <c r="D241" s="6" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="3">
-        <v>4420</v>
+        <v>7581</v>
       </c>
       <c r="B242" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C242" s="5">
         <v>5.25</v>
       </c>
       <c r="D242" s="6" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="3">
-        <v>6231</v>
+        <v>7584</v>
       </c>
       <c r="B243" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C243" s="5">
-        <v>4.65</v>
+        <v>4.6</v>
       </c>
       <c r="D243" s="6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="3">
-        <v>6232</v>
+        <v>7583</v>
       </c>
       <c r="B244" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C244" s="5">
-        <v>4.75</v>
+        <v>4.5</v>
       </c>
       <c r="D244" s="6" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="3">
-        <v>6233</v>
+        <v>7574</v>
       </c>
       <c r="B245" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C245" s="5">
-        <v>4.95</v>
+        <v>9.75</v>
       </c>
       <c r="D245" s="6" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="3">
-        <v>6234</v>
+        <v>7565</v>
       </c>
       <c r="B246" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C246" s="5">
-        <v>5.85</v>
+        <v>7.25</v>
       </c>
       <c r="D246" s="6" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="3">
-        <v>6235</v>
+        <v>7566</v>
       </c>
       <c r="B247" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="C247" s="5">
-        <v>6.25</v>
+        <v>7.45</v>
       </c>
       <c r="D247" s="6" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="3">
-        <v>6236</v>
+        <v>7567</v>
       </c>
       <c r="B248" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C248" s="5">
-        <v>6.45</v>
+        <v>7.55</v>
       </c>
       <c r="D248" s="6" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="3">
-        <v>6237</v>
+        <v>7568</v>
       </c>
       <c r="B249" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C249" s="5">
-        <v>6.55</v>
+        <v>7.85</v>
       </c>
       <c r="D249" s="6" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="3">
-        <v>4984</v>
+        <v>7569</v>
       </c>
       <c r="B250" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C250" s="5">
-        <v>6.35</v>
+        <v>8.1</v>
       </c>
       <c r="D250" s="6" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="3">
-        <v>6238</v>
+        <v>7570</v>
       </c>
       <c r="B251" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C251" s="5">
-        <v>6.75</v>
+        <v>8.25</v>
       </c>
       <c r="D251" s="6" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="3">
-        <v>6040</v>
+        <v>7571</v>
       </c>
       <c r="B252" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C252" s="5">
-        <v>5.25</v>
+        <v>8.35</v>
       </c>
       <c r="D252" s="6" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="3">
-        <v>5995</v>
+        <v>7572</v>
       </c>
       <c r="B253" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="C253" s="5">
-        <v>22.0</v>
+        <v>9.25</v>
       </c>
       <c r="D253" s="6" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="3">
-        <v>5998</v>
+        <v>7573</v>
       </c>
       <c r="B254" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C254" s="5">
-        <v>142.0</v>
+        <v>9.45</v>
       </c>
       <c r="D254" s="6" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="3">
-        <v>5999</v>
+        <v>7531</v>
       </c>
       <c r="B255" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="C255" s="5">
-        <v>407.0</v>
+        <v>4.55</v>
       </c>
       <c r="D255" s="6" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="3">
-        <v>6001</v>
+        <v>7532</v>
       </c>
       <c r="B256" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="C256" s="5">
-        <v>48.0</v>
+        <v>5.35</v>
       </c>
       <c r="D256" s="6" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="3">
-        <v>6039</v>
+        <v>7533</v>
       </c>
       <c r="B257" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="C257" s="5">
-        <v>472.0</v>
+        <v>6.85</v>
       </c>
       <c r="D257" s="6" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="3">
-        <v>4583</v>
+        <v>7534</v>
       </c>
       <c r="B258" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C258" s="5">
-        <v>95.0</v>
+        <v>6.95</v>
       </c>
       <c r="D258" s="6" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="3">
-        <v>4398</v>
+        <v>7535</v>
       </c>
       <c r="B259" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="C259" s="5">
-        <v>100.0</v>
+        <v>7.25</v>
       </c>
       <c r="D259" s="6" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="3">
-        <v>5953</v>
+        <v>7518</v>
       </c>
       <c r="B260" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C260" s="5">
-        <v>17.7</v>
+        <v>6.75</v>
       </c>
       <c r="D260" s="6" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="3">
-        <v>5954</v>
+        <v>7563</v>
       </c>
       <c r="B261" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="C261" s="5">
-        <v>17.7</v>
+        <v>75.0</v>
       </c>
       <c r="D261" s="6" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="3">
-        <v>5897</v>
+        <v>7564</v>
       </c>
       <c r="B262" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C262" s="5">
-        <v>354.0</v>
+        <v>110.0</v>
       </c>
       <c r="D262" s="6" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="3">
-        <v>5825</v>
+        <v>7497</v>
       </c>
       <c r="B263" t="s">
-        <v>519</v>
+        <v>312</v>
       </c>
       <c r="C263" s="5">
-        <v>3.45</v>
+        <v>12.0</v>
       </c>
       <c r="D263" s="6" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="3">
-        <v>5826</v>
+        <v>7498</v>
       </c>
       <c r="B264" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C264" s="5">
-        <v>3.45</v>
+        <v>12.0</v>
       </c>
       <c r="D264" s="6" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="3">
-        <v>5827</v>
+        <v>7499</v>
       </c>
       <c r="B265" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C265" s="5">
-        <v>3.54</v>
+        <v>12.0</v>
       </c>
       <c r="D265" s="6" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="3">
-        <v>5828</v>
+        <v>7500</v>
       </c>
       <c r="B266" t="s">
-        <v>525</v>
+        <v>327</v>
       </c>
       <c r="C266" s="5">
-        <v>3.54</v>
+        <v>14.0</v>
       </c>
       <c r="D266" s="6" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="3">
-        <v>5829</v>
+        <v>7501</v>
       </c>
       <c r="B267" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C267" s="5">
-        <v>3.75</v>
+        <v>14.0</v>
       </c>
       <c r="D267" s="6" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="3">
-        <v>5830</v>
+        <v>7502</v>
       </c>
       <c r="B268" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C268" s="5">
-        <v>3.54</v>
+        <v>15.0</v>
       </c>
       <c r="D268" s="6" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="3">
-        <v>5831</v>
+        <v>7503</v>
       </c>
       <c r="B269" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="C269" s="5">
-        <v>4.75</v>
+        <v>16.0</v>
       </c>
       <c r="D269" s="6" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="3">
-        <v>5832</v>
+        <v>7504</v>
       </c>
       <c r="B270" t="s">
         <v>533</v>
       </c>
       <c r="C270" s="5">
-        <v>4.72</v>
+        <v>14.0</v>
       </c>
       <c r="D270" s="6" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="3">
-        <v>5833</v>
+        <v>7505</v>
       </c>
       <c r="B271" t="s">
         <v>535</v>
       </c>
       <c r="C271" s="5">
-        <v>4.82</v>
+        <v>16.0</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="3">
-        <v>5834</v>
+        <v>7621</v>
       </c>
       <c r="B272" t="s">
         <v>537</v>
       </c>
       <c r="C272" s="5">
-        <v>5.9</v>
+        <v>6.25</v>
       </c>
       <c r="D272" s="6" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="3">
-        <v>5835</v>
+        <v>7622</v>
       </c>
       <c r="B273" t="s">
         <v>539</v>
       </c>
       <c r="C273" s="5">
         <v>5.9</v>
       </c>
       <c r="D273" s="6" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="3">
-        <v>5836</v>
+        <v>7623</v>
       </c>
       <c r="B274" t="s">
         <v>541</v>
       </c>
       <c r="C274" s="5">
-        <v>5.9</v>
+        <v>6.09</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="3">
-        <v>5837</v>
+        <v>7624</v>
       </c>
       <c r="B275" t="s">
         <v>543</v>
       </c>
       <c r="C275" s="5">
-        <v>5.9</v>
+        <v>6.09</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="3">
-        <v>5845</v>
+        <v>7625</v>
       </c>
       <c r="B276" t="s">
         <v>545</v>
       </c>
       <c r="C276" s="5">
-        <v>28.0</v>
+        <v>7.1</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="3">
-        <v>5846</v>
+        <v>7626</v>
       </c>
       <c r="B277" t="s">
         <v>547</v>
       </c>
       <c r="C277" s="5">
-        <v>28.0</v>
+        <v>7.1</v>
       </c>
       <c r="D277" s="6" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="3">
-        <v>5847</v>
+        <v>7627</v>
       </c>
       <c r="B278" t="s">
         <v>549</v>
       </c>
       <c r="C278" s="5">
-        <v>50.0</v>
+        <v>7.1</v>
       </c>
       <c r="D278" s="6" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="3">
-        <v>5848</v>
+        <v>7628</v>
       </c>
       <c r="B279" t="s">
         <v>551</v>
       </c>
       <c r="C279" s="5">
-        <v>40.0</v>
+        <v>7.1</v>
       </c>
       <c r="D279" s="6" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="3">
-        <v>5849</v>
+        <v>7629</v>
       </c>
       <c r="B280" t="s">
         <v>553</v>
       </c>
       <c r="C280" s="5">
-        <v>40.0</v>
+        <v>8.11</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="3">
-        <v>5850</v>
+        <v>7630</v>
       </c>
       <c r="B281" t="s">
         <v>555</v>
       </c>
       <c r="C281" s="5">
-        <v>46.0</v>
+        <v>8.62</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="3">
-        <v>5851</v>
+        <v>7106</v>
       </c>
       <c r="B282" t="s">
         <v>557</v>
       </c>
       <c r="C282" s="5">
-        <v>40.0</v>
+        <v>65.0</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="3">
-        <v>5852</v>
+        <v>7107</v>
       </c>
       <c r="B283" t="s">
         <v>559</v>
       </c>
       <c r="C283" s="5">
-        <v>60.0</v>
+        <v>12.0</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="3">
-        <v>5853</v>
+        <v>7109</v>
       </c>
       <c r="B284" t="s">
         <v>561</v>
       </c>
       <c r="C284" s="5">
-        <v>70.0</v>
+        <v>12.0</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="3">
-        <v>5854</v>
+        <v>7083</v>
       </c>
       <c r="B285" t="s">
         <v>563</v>
       </c>
       <c r="C285" s="5">
-        <v>80.0</v>
+        <v>9.35</v>
       </c>
       <c r="D285" s="6" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="3">
-        <v>5838</v>
+        <v>4983</v>
       </c>
       <c r="B286" t="s">
         <v>565</v>
       </c>
       <c r="C286" s="5">
-        <v>18.0</v>
+        <v>9.45</v>
       </c>
       <c r="D286" s="6" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="3">
-        <v>5839</v>
+        <v>7058</v>
       </c>
       <c r="B287" t="s">
         <v>567</v>
       </c>
       <c r="C287" s="5">
-        <v>14.0</v>
+        <v>2.89</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="3">
-        <v>5840</v>
+        <v>6830</v>
       </c>
       <c r="B288" t="s">
         <v>569</v>
       </c>
       <c r="C288" s="5">
-        <v>30.0</v>
+        <v>45.0</v>
       </c>
       <c r="D288" s="6" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="3">
-        <v>5841</v>
+        <v>6555</v>
       </c>
       <c r="B289" t="s">
         <v>571</v>
       </c>
       <c r="C289" s="5">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
       <c r="D289" s="6" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="3">
-        <v>5842</v>
+        <v>6584</v>
       </c>
       <c r="B290" t="s">
         <v>573</v>
       </c>
       <c r="C290" s="5">
-        <v>25.0</v>
+        <v>45.0</v>
       </c>
       <c r="D290" s="6" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="3">
-        <v>5843</v>
+        <v>6585</v>
       </c>
       <c r="B291" t="s">
         <v>575</v>
       </c>
       <c r="C291" s="5">
-        <v>28.0</v>
+        <v>40.0</v>
       </c>
       <c r="D291" s="6" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="3">
-        <v>5844</v>
+        <v>6586</v>
       </c>
       <c r="B292" t="s">
         <v>577</v>
       </c>
       <c r="C292" s="5">
-        <v>45.0</v>
+        <v>40.0</v>
       </c>
       <c r="D292" s="6" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="3">
-        <v>5874</v>
+        <v>6567</v>
       </c>
       <c r="B293" t="s">
         <v>579</v>
       </c>
       <c r="C293" s="5">
-        <v>18.0</v>
+        <v>65.0</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="3">
-        <v>5875</v>
+        <v>6568</v>
       </c>
       <c r="B294" t="s">
         <v>581</v>
       </c>
       <c r="C294" s="5">
-        <v>18.0</v>
+        <v>75.0</v>
       </c>
       <c r="D294" s="6" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="3">
-        <v>5877</v>
+        <v>6569</v>
       </c>
       <c r="B295" t="s">
         <v>583</v>
       </c>
       <c r="C295" s="5">
-        <v>18.0</v>
+        <v>85.0</v>
       </c>
       <c r="D295" s="6" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="3">
-        <v>5866</v>
+        <v>6570</v>
       </c>
       <c r="B296" t="s">
         <v>585</v>
       </c>
       <c r="C296" s="5">
-        <v>48.0</v>
+        <v>115.0</v>
       </c>
       <c r="D296" s="6" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="3">
-        <v>5867</v>
+        <v>6571</v>
       </c>
       <c r="B297" t="s">
         <v>587</v>
       </c>
       <c r="C297" s="5">
-        <v>48.0</v>
+        <v>125.0</v>
       </c>
       <c r="D297" s="6" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="3">
-        <v>5868</v>
+        <v>6563</v>
       </c>
       <c r="B298" t="s">
         <v>589</v>
       </c>
       <c r="C298" s="5">
-        <v>48.0</v>
+        <v>38.0</v>
       </c>
       <c r="D298" s="6" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="3">
-        <v>5870</v>
+        <v>6565</v>
       </c>
       <c r="B299" t="s">
         <v>591</v>
       </c>
       <c r="C299" s="5">
         <v>48.0</v>
       </c>
       <c r="D299" s="6" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="3">
-        <v>5871</v>
+        <v>6566</v>
       </c>
       <c r="B300" t="s">
         <v>593</v>
       </c>
       <c r="C300" s="5">
-        <v>48.0</v>
+        <v>58.0</v>
       </c>
       <c r="D300" s="6" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="3">
-        <v>5872</v>
+        <v>6484</v>
       </c>
       <c r="B301" t="s">
         <v>595</v>
       </c>
       <c r="C301" s="5">
-        <v>48.0</v>
+        <v>24.0</v>
       </c>
       <c r="D301" s="6" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="3">
-        <v>5861</v>
+        <v>6483</v>
       </c>
       <c r="B302" t="s">
         <v>597</v>
       </c>
       <c r="C302" s="5">
-        <v>58.0</v>
+        <v>4.25</v>
       </c>
       <c r="D302" s="6" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="3">
-        <v>5869</v>
+        <v>6479</v>
       </c>
       <c r="B303" t="s">
         <v>599</v>
       </c>
       <c r="C303" s="5">
-        <v>48.0</v>
+        <v>45.0</v>
       </c>
       <c r="D303" s="6" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="3">
-        <v>5881</v>
+        <v>6473</v>
       </c>
       <c r="B304" t="s">
         <v>601</v>
       </c>
       <c r="C304" s="5">
-        <v>10.25</v>
+        <v>20.0</v>
       </c>
       <c r="D304" s="6" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="3">
-        <v>5855</v>
+        <v>6474</v>
       </c>
       <c r="B305" t="s">
         <v>603</v>
       </c>
       <c r="C305" s="5">
-        <v>11.8</v>
+        <v>25.0</v>
       </c>
       <c r="D305" s="6" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="3">
-        <v>5856</v>
+        <v>6475</v>
       </c>
       <c r="B306" t="s">
         <v>605</v>
       </c>
       <c r="C306" s="5">
-        <v>11.8</v>
+        <v>30.0</v>
       </c>
       <c r="D306" s="6" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="3">
-        <v>5860</v>
+        <v>6476</v>
       </c>
       <c r="B307" t="s">
         <v>607</v>
       </c>
       <c r="C307" s="5">
-        <v>58.0</v>
+        <v>50.0</v>
       </c>
       <c r="D307" s="6" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="3">
-        <v>5863</v>
+        <v>6477</v>
       </c>
       <c r="B308" t="s">
         <v>609</v>
       </c>
       <c r="C308" s="5">
-        <v>18.0</v>
+        <v>60.0</v>
       </c>
       <c r="D308" s="6" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="3">
-        <v>5879</v>
+        <v>6478</v>
       </c>
       <c r="B309" t="s">
         <v>611</v>
       </c>
       <c r="C309" s="5">
-        <v>2.36</v>
+        <v>45.0</v>
       </c>
       <c r="D309" s="6" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="3">
-        <v>5882</v>
+        <v>6480</v>
       </c>
       <c r="B310" t="s">
         <v>613</v>
       </c>
       <c r="C310" s="5">
-        <v>3.84</v>
+        <v>10.0</v>
       </c>
       <c r="D310" s="6" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="3">
-        <v>5858</v>
+        <v>6481</v>
       </c>
       <c r="B311" t="s">
         <v>615</v>
       </c>
       <c r="C311" s="5">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="D311" s="6" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="3">
-        <v>5554</v>
+        <v>6482</v>
       </c>
       <c r="B312" t="s">
         <v>617</v>
       </c>
       <c r="C312" s="5">
-        <v>3.7</v>
+        <v>20.0</v>
       </c>
       <c r="D312" s="6" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="3">
-        <v>5555</v>
+        <v>6421</v>
       </c>
       <c r="B313" t="s">
         <v>619</v>
       </c>
       <c r="C313" s="5">
-        <v>3.75</v>
+        <v>3.4</v>
       </c>
       <c r="D313" s="6" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="3">
-        <v>5556</v>
+        <v>6466</v>
       </c>
       <c r="B314" t="s">
         <v>621</v>
       </c>
       <c r="C314" s="5">
-        <v>3.85</v>
+        <v>36.0</v>
       </c>
       <c r="D314" s="6" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="3">
-        <v>5557</v>
+        <v>6422</v>
       </c>
       <c r="B315" t="s">
         <v>623</v>
       </c>
       <c r="C315" s="5">
-        <v>3.9</v>
+        <v>20.0</v>
       </c>
       <c r="D315" s="6" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="3">
-        <v>5558</v>
+        <v>6428</v>
       </c>
       <c r="B316" t="s">
         <v>625</v>
       </c>
       <c r="C316" s="5">
-        <v>4.25</v>
+        <v>6.45</v>
       </c>
       <c r="D316" s="6" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="3">
-        <v>5482</v>
+        <v>6417</v>
       </c>
       <c r="B317" t="s">
         <v>627</v>
       </c>
       <c r="C317" s="5">
-        <v>35.0</v>
+        <v>16.5</v>
       </c>
       <c r="D317" s="6" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="3">
-        <v>5483</v>
+        <v>6419</v>
       </c>
       <c r="B318" t="s">
         <v>629</v>
       </c>
       <c r="C318" s="5">
-        <v>40.0</v>
+        <v>35.0</v>
       </c>
       <c r="D318" s="6" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="3">
-        <v>5484</v>
+        <v>6420</v>
       </c>
       <c r="B319" t="s">
         <v>631</v>
       </c>
       <c r="C319" s="5">
-        <v>36.0</v>
+        <v>40.0</v>
       </c>
       <c r="D319" s="6" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="3">
-        <v>5485</v>
+        <v>4420</v>
       </c>
       <c r="B320" t="s">
         <v>633</v>
       </c>
       <c r="C320" s="5">
-        <v>38.0</v>
+        <v>5.25</v>
       </c>
       <c r="D320" s="6" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="3">
-        <v>5486</v>
+        <v>6231</v>
       </c>
       <c r="B321" t="s">
         <v>635</v>
       </c>
       <c r="C321" s="5">
-        <v>45.0</v>
+        <v>4.65</v>
       </c>
       <c r="D321" s="6" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="3">
-        <v>5260</v>
+        <v>6232</v>
       </c>
       <c r="B322" t="s">
-        <v>601</v>
+        <v>637</v>
       </c>
       <c r="C322" s="5">
-        <v>14.16</v>
+        <v>4.75</v>
       </c>
       <c r="D322" s="6" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="3">
-        <v>5261</v>
+        <v>6233</v>
       </c>
       <c r="B323" t="s">
-        <v>369</v>
+        <v>639</v>
       </c>
       <c r="C323" s="5">
-        <v>15.0</v>
+        <v>4.95</v>
       </c>
       <c r="D323" s="6" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="3">
-        <v>5240</v>
+        <v>6234</v>
       </c>
       <c r="B324" t="s">
-        <v>175</v>
+        <v>641</v>
       </c>
       <c r="C324" s="5">
-        <v>15.0</v>
+        <v>5.85</v>
       </c>
       <c r="D324" s="6" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="3">
-        <v>5262</v>
+        <v>6235</v>
       </c>
       <c r="B325" t="s">
-        <v>367</v>
+        <v>643</v>
       </c>
       <c r="C325" s="5">
-        <v>18.0</v>
+        <v>6.25</v>
       </c>
       <c r="D325" s="6" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="3">
-        <v>5256</v>
+        <v>6236</v>
       </c>
       <c r="B326" t="s">
-        <v>156</v>
+        <v>645</v>
       </c>
       <c r="C326" s="5">
-        <v>11.8</v>
+        <v>6.45</v>
       </c>
       <c r="D326" s="6" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="3">
-        <v>5255</v>
+        <v>6237</v>
       </c>
       <c r="B327" t="s">
-        <v>156</v>
+        <v>647</v>
       </c>
       <c r="C327" s="5">
-        <v>18.0</v>
+        <v>6.55</v>
       </c>
       <c r="D327" s="6" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="3">
-        <v>5263</v>
+        <v>4984</v>
       </c>
       <c r="B328" t="s">
-        <v>175</v>
+        <v>649</v>
       </c>
       <c r="C328" s="5">
-        <v>17.11</v>
+        <v>6.35</v>
       </c>
       <c r="D328" s="6" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="3">
-        <v>5245</v>
+        <v>6238</v>
       </c>
       <c r="B329" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="C329" s="5">
-        <v>17.7</v>
+        <v>6.75</v>
       </c>
       <c r="D329" s="6" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="3">
-        <v>5211</v>
+        <v>6040</v>
       </c>
       <c r="B330" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="C330" s="5">
-        <v>12.25</v>
+        <v>5.25</v>
       </c>
       <c r="D330" s="6" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="3">
-        <v>3951</v>
+        <v>5995</v>
       </c>
       <c r="B331" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="C331" s="5">
-        <v>3.65</v>
+        <v>22.0</v>
       </c>
       <c r="D331" s="6" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="3">
-        <v>5052</v>
+        <v>5998</v>
       </c>
       <c r="B332" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="C332" s="5">
-        <v>6.75</v>
+        <v>142.0</v>
       </c>
       <c r="D332" s="6" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="3">
-        <v>4338</v>
+        <v>5999</v>
       </c>
       <c r="B333" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C333" s="5">
-        <v>14.25</v>
+        <v>407.0</v>
       </c>
       <c r="D333" s="6" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="3">
-        <v>4945</v>
+        <v>6001</v>
       </c>
       <c r="B334" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="C334" s="5">
-        <v>9.25</v>
+        <v>48.0</v>
       </c>
       <c r="D334" s="6" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="3">
-        <v>4949</v>
+        <v>6039</v>
       </c>
       <c r="B335" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C335" s="5">
-        <v>11.75</v>
+        <v>472.0</v>
       </c>
       <c r="D335" s="6" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="3">
-        <v>4985</v>
+        <v>4583</v>
       </c>
       <c r="B336" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C336" s="5">
-        <v>12.0</v>
+        <v>95.0</v>
       </c>
       <c r="D336" s="6" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="3">
-        <v>7813</v>
+        <v>4398</v>
       </c>
       <c r="B337" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C337" s="5">
-        <v>4.25</v>
+        <v>100.0</v>
       </c>
       <c r="D337" s="6" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="3">
-        <v>4967</v>
+        <v>5953</v>
       </c>
       <c r="B338" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C338" s="5">
-        <v>3.54</v>
+        <v>17.7</v>
       </c>
       <c r="D338" s="6" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="3">
-        <v>4968</v>
+        <v>5954</v>
       </c>
       <c r="B339" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="C339" s="5">
-        <v>4.72</v>
+        <v>17.7</v>
       </c>
       <c r="D339" s="6" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="3">
-        <v>4969</v>
+        <v>5897</v>
       </c>
       <c r="B340" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="C340" s="5">
-        <v>4.75</v>
+        <v>354.0</v>
       </c>
       <c r="D340" s="6" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="3">
-        <v>4982</v>
+        <v>5825</v>
       </c>
       <c r="B341" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="C341" s="5">
-        <v>12.0</v>
+        <v>3.45</v>
       </c>
       <c r="D341" s="6" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="3">
-        <v>4966</v>
+        <v>5826</v>
       </c>
       <c r="B342" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="C342" s="5">
-        <v>15.0</v>
+        <v>3.45</v>
       </c>
       <c r="D342" s="6" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="3">
-        <v>4908</v>
+        <v>5827</v>
       </c>
       <c r="B343" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C343" s="5">
-        <v>6.5</v>
+        <v>3.54</v>
       </c>
       <c r="D343" s="6" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="3">
-        <v>4917</v>
+        <v>5828</v>
       </c>
       <c r="B344" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="C344" s="5">
-        <v>4.75</v>
+        <v>3.54</v>
       </c>
       <c r="D344" s="6" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="3">
-        <v>4581</v>
+        <v>5829</v>
       </c>
       <c r="B345" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="C345" s="5">
-        <v>125.0</v>
+        <v>3.75</v>
       </c>
       <c r="D345" s="6" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="3">
-        <v>4310</v>
+        <v>5830</v>
       </c>
       <c r="B346" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="C346" s="5">
-        <v>48.0</v>
+        <v>3.54</v>
       </c>
       <c r="D346" s="6" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="3">
-        <v>4273</v>
+        <v>5831</v>
       </c>
       <c r="B347" t="s">
-        <v>379</v>
+        <v>687</v>
       </c>
       <c r="C347" s="5">
-        <v>12.0</v>
+        <v>4.75</v>
       </c>
       <c r="D347" s="6" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="3">
-        <v>4309</v>
+        <v>5832</v>
       </c>
       <c r="B348" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="C348" s="5">
-        <v>8.2</v>
+        <v>4.72</v>
       </c>
       <c r="D348" s="6" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="3">
-        <v>4388</v>
+        <v>5833</v>
       </c>
       <c r="B349" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C349" s="5">
-        <v>5.25</v>
+        <v>4.82</v>
       </c>
       <c r="D349" s="6" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="3">
-        <v>4389</v>
+        <v>5834</v>
       </c>
       <c r="B350" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="C350" s="5">
-        <v>65.0</v>
+        <v>5.9</v>
       </c>
       <c r="D350" s="6" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="3">
-        <v>4379</v>
+        <v>5835</v>
       </c>
       <c r="B351" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="C351" s="5">
-        <v>72.0</v>
+        <v>5.9</v>
       </c>
       <c r="D351" s="6" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="3">
-        <v>4304</v>
+        <v>5836</v>
       </c>
       <c r="B352" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="C352" s="5">
-        <v>6.75</v>
+        <v>5.9</v>
       </c>
       <c r="D352" s="6" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="3">
-        <v>3927</v>
+        <v>5837</v>
       </c>
       <c r="B353" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="C353" s="5">
-        <v>78.0</v>
+        <v>5.9</v>
       </c>
       <c r="D353" s="6" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="3">
+        <v>5845</v>
+      </c>
+      <c r="B354" t="s">
+        <v>701</v>
+      </c>
+      <c r="C354" s="5">
+        <v>28.0</v>
+      </c>
+      <c r="D354" s="6" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" s="3">
+        <v>5846</v>
+      </c>
+      <c r="B355" t="s">
+        <v>703</v>
+      </c>
+      <c r="C355" s="5">
+        <v>28.0</v>
+      </c>
+      <c r="D355" s="6" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" s="3">
+        <v>5847</v>
+      </c>
+      <c r="B356" t="s">
+        <v>705</v>
+      </c>
+      <c r="C356" s="5">
+        <v>50.0</v>
+      </c>
+      <c r="D356" s="6" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" s="3">
+        <v>5848</v>
+      </c>
+      <c r="B357" t="s">
+        <v>707</v>
+      </c>
+      <c r="C357" s="5">
+        <v>40.0</v>
+      </c>
+      <c r="D357" s="6" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" s="3">
+        <v>5849</v>
+      </c>
+      <c r="B358" t="s">
+        <v>709</v>
+      </c>
+      <c r="C358" s="5">
+        <v>40.0</v>
+      </c>
+      <c r="D358" s="6" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" s="3">
+        <v>5850</v>
+      </c>
+      <c r="B359" t="s">
+        <v>711</v>
+      </c>
+      <c r="C359" s="5">
+        <v>46.0</v>
+      </c>
+      <c r="D359" s="6" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" s="3">
+        <v>5851</v>
+      </c>
+      <c r="B360" t="s">
+        <v>713</v>
+      </c>
+      <c r="C360" s="5">
+        <v>40.0</v>
+      </c>
+      <c r="D360" s="6" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" s="3">
+        <v>5852</v>
+      </c>
+      <c r="B361" t="s">
+        <v>715</v>
+      </c>
+      <c r="C361" s="5">
+        <v>60.0</v>
+      </c>
+      <c r="D361" s="6" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" s="3">
+        <v>5853</v>
+      </c>
+      <c r="B362" t="s">
+        <v>717</v>
+      </c>
+      <c r="C362" s="5">
+        <v>70.0</v>
+      </c>
+      <c r="D362" s="6" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" s="3">
+        <v>5854</v>
+      </c>
+      <c r="B363" t="s">
+        <v>719</v>
+      </c>
+      <c r="C363" s="5">
+        <v>80.0</v>
+      </c>
+      <c r="D363" s="6" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" s="3">
+        <v>5838</v>
+      </c>
+      <c r="B364" t="s">
+        <v>721</v>
+      </c>
+      <c r="C364" s="5">
+        <v>18.0</v>
+      </c>
+      <c r="D364" s="6" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" s="3">
+        <v>5839</v>
+      </c>
+      <c r="B365" t="s">
+        <v>723</v>
+      </c>
+      <c r="C365" s="5">
+        <v>14.0</v>
+      </c>
+      <c r="D365" s="6" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" s="3">
+        <v>5840</v>
+      </c>
+      <c r="B366" t="s">
+        <v>725</v>
+      </c>
+      <c r="C366" s="5">
+        <v>30.0</v>
+      </c>
+      <c r="D366" s="6" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" s="3">
+        <v>5841</v>
+      </c>
+      <c r="B367" t="s">
+        <v>727</v>
+      </c>
+      <c r="C367" s="5">
+        <v>30.0</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" s="3">
+        <v>5842</v>
+      </c>
+      <c r="B368" t="s">
+        <v>729</v>
+      </c>
+      <c r="C368" s="5">
+        <v>25.0</v>
+      </c>
+      <c r="D368" s="6" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" s="3">
+        <v>5843</v>
+      </c>
+      <c r="B369" t="s">
+        <v>731</v>
+      </c>
+      <c r="C369" s="5">
+        <v>28.0</v>
+      </c>
+      <c r="D369" s="6" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" s="3">
+        <v>5844</v>
+      </c>
+      <c r="B370" t="s">
+        <v>733</v>
+      </c>
+      <c r="C370" s="5">
+        <v>45.0</v>
+      </c>
+      <c r="D370" s="6" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" s="3">
+        <v>5874</v>
+      </c>
+      <c r="B371" t="s">
+        <v>735</v>
+      </c>
+      <c r="C371" s="5">
+        <v>18.0</v>
+      </c>
+      <c r="D371" s="6" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" s="3">
+        <v>5875</v>
+      </c>
+      <c r="B372" t="s">
+        <v>737</v>
+      </c>
+      <c r="C372" s="5">
+        <v>18.0</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" s="3">
+        <v>5877</v>
+      </c>
+      <c r="B373" t="s">
+        <v>739</v>
+      </c>
+      <c r="C373" s="5">
+        <v>18.0</v>
+      </c>
+      <c r="D373" s="6" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" s="3">
+        <v>5866</v>
+      </c>
+      <c r="B374" t="s">
+        <v>741</v>
+      </c>
+      <c r="C374" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D374" s="6" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" s="3">
+        <v>5867</v>
+      </c>
+      <c r="B375" t="s">
+        <v>743</v>
+      </c>
+      <c r="C375" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" s="3">
+        <v>5868</v>
+      </c>
+      <c r="B376" t="s">
+        <v>745</v>
+      </c>
+      <c r="C376" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" s="3">
+        <v>5870</v>
+      </c>
+      <c r="B377" t="s">
+        <v>747</v>
+      </c>
+      <c r="C377" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" s="3">
+        <v>5871</v>
+      </c>
+      <c r="B378" t="s">
+        <v>749</v>
+      </c>
+      <c r="C378" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" s="3">
+        <v>5872</v>
+      </c>
+      <c r="B379" t="s">
+        <v>751</v>
+      </c>
+      <c r="C379" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" s="3">
+        <v>5861</v>
+      </c>
+      <c r="B380" t="s">
+        <v>753</v>
+      </c>
+      <c r="C380" s="5">
+        <v>58.0</v>
+      </c>
+      <c r="D380" s="6" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" s="3">
+        <v>5869</v>
+      </c>
+      <c r="B381" t="s">
+        <v>755</v>
+      </c>
+      <c r="C381" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D381" s="6" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" s="3">
+        <v>5881</v>
+      </c>
+      <c r="B382" t="s">
+        <v>757</v>
+      </c>
+      <c r="C382" s="5">
+        <v>10.25</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" s="3">
+        <v>5855</v>
+      </c>
+      <c r="B383" t="s">
+        <v>759</v>
+      </c>
+      <c r="C383" s="5">
+        <v>11.8</v>
+      </c>
+      <c r="D383" s="6" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" s="3">
+        <v>5856</v>
+      </c>
+      <c r="B384" t="s">
+        <v>761</v>
+      </c>
+      <c r="C384" s="5">
+        <v>11.8</v>
+      </c>
+      <c r="D384" s="6" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" s="3">
+        <v>5860</v>
+      </c>
+      <c r="B385" t="s">
+        <v>763</v>
+      </c>
+      <c r="C385" s="5">
+        <v>58.0</v>
+      </c>
+      <c r="D385" s="6" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" s="3">
+        <v>5863</v>
+      </c>
+      <c r="B386" t="s">
+        <v>765</v>
+      </c>
+      <c r="C386" s="5">
+        <v>18.0</v>
+      </c>
+      <c r="D386" s="6" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" s="3">
+        <v>5879</v>
+      </c>
+      <c r="B387" t="s">
+        <v>767</v>
+      </c>
+      <c r="C387" s="5">
+        <v>2.36</v>
+      </c>
+      <c r="D387" s="6" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" s="3">
+        <v>5882</v>
+      </c>
+      <c r="B388" t="s">
+        <v>769</v>
+      </c>
+      <c r="C388" s="5">
+        <v>3.84</v>
+      </c>
+      <c r="D388" s="6" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" s="3">
+        <v>5858</v>
+      </c>
+      <c r="B389" t="s">
+        <v>771</v>
+      </c>
+      <c r="C389" s="5">
+        <v>25.0</v>
+      </c>
+      <c r="D389" s="6" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" s="3">
+        <v>5554</v>
+      </c>
+      <c r="B390" t="s">
+        <v>773</v>
+      </c>
+      <c r="C390" s="5">
+        <v>3.7</v>
+      </c>
+      <c r="D390" s="6" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" s="3">
+        <v>5555</v>
+      </c>
+      <c r="B391" t="s">
+        <v>775</v>
+      </c>
+      <c r="C391" s="5">
+        <v>3.75</v>
+      </c>
+      <c r="D391" s="6" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" s="3">
+        <v>5556</v>
+      </c>
+      <c r="B392" t="s">
+        <v>777</v>
+      </c>
+      <c r="C392" s="5">
+        <v>3.85</v>
+      </c>
+      <c r="D392" s="6" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" s="3">
+        <v>5557</v>
+      </c>
+      <c r="B393" t="s">
+        <v>779</v>
+      </c>
+      <c r="C393" s="5">
+        <v>3.9</v>
+      </c>
+      <c r="D393" s="6" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" s="3">
+        <v>5558</v>
+      </c>
+      <c r="B394" t="s">
+        <v>781</v>
+      </c>
+      <c r="C394" s="5">
+        <v>4.25</v>
+      </c>
+      <c r="D394" s="6" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" s="3">
+        <v>5482</v>
+      </c>
+      <c r="B395" t="s">
+        <v>783</v>
+      </c>
+      <c r="C395" s="5">
+        <v>35.0</v>
+      </c>
+      <c r="D395" s="6" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" s="3">
+        <v>5483</v>
+      </c>
+      <c r="B396" t="s">
+        <v>785</v>
+      </c>
+      <c r="C396" s="5">
+        <v>40.0</v>
+      </c>
+      <c r="D396" s="6" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" s="3">
+        <v>5484</v>
+      </c>
+      <c r="B397" t="s">
+        <v>787</v>
+      </c>
+      <c r="C397" s="5">
+        <v>36.0</v>
+      </c>
+      <c r="D397" s="6" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" s="3">
+        <v>5485</v>
+      </c>
+      <c r="B398" t="s">
+        <v>789</v>
+      </c>
+      <c r="C398" s="5">
+        <v>38.0</v>
+      </c>
+      <c r="D398" s="6" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" s="3">
+        <v>5486</v>
+      </c>
+      <c r="B399" t="s">
+        <v>791</v>
+      </c>
+      <c r="C399" s="5">
+        <v>45.0</v>
+      </c>
+      <c r="D399" s="6" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" s="3">
+        <v>5260</v>
+      </c>
+      <c r="B400" t="s">
+        <v>757</v>
+      </c>
+      <c r="C400" s="5">
+        <v>14.16</v>
+      </c>
+      <c r="D400" s="6" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" s="3">
+        <v>5261</v>
+      </c>
+      <c r="B401" t="s">
+        <v>525</v>
+      </c>
+      <c r="C401" s="5">
+        <v>15.0</v>
+      </c>
+      <c r="D401" s="6" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" s="3">
+        <v>5240</v>
+      </c>
+      <c r="B402" t="s">
+        <v>331</v>
+      </c>
+      <c r="C402" s="5">
+        <v>15.0</v>
+      </c>
+      <c r="D402" s="6" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" s="3">
+        <v>5262</v>
+      </c>
+      <c r="B403" t="s">
+        <v>523</v>
+      </c>
+      <c r="C403" s="5">
+        <v>18.0</v>
+      </c>
+      <c r="D403" s="6" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" s="3">
+        <v>5256</v>
+      </c>
+      <c r="B404" t="s">
+        <v>312</v>
+      </c>
+      <c r="C404" s="5">
+        <v>11.8</v>
+      </c>
+      <c r="D404" s="6" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" s="3">
+        <v>5255</v>
+      </c>
+      <c r="B405" t="s">
+        <v>312</v>
+      </c>
+      <c r="C405" s="5">
+        <v>18.0</v>
+      </c>
+      <c r="D405" s="6" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" s="3">
+        <v>5263</v>
+      </c>
+      <c r="B406" t="s">
+        <v>331</v>
+      </c>
+      <c r="C406" s="5">
+        <v>17.11</v>
+      </c>
+      <c r="D406" s="6" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" s="3">
+        <v>5245</v>
+      </c>
+      <c r="B407" t="s">
+        <v>800</v>
+      </c>
+      <c r="C407" s="5">
+        <v>17.7</v>
+      </c>
+      <c r="D407" s="6" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" s="3">
+        <v>5211</v>
+      </c>
+      <c r="B408" t="s">
+        <v>802</v>
+      </c>
+      <c r="C408" s="5">
+        <v>12.25</v>
+      </c>
+      <c r="D408" s="6" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" s="3">
+        <v>3951</v>
+      </c>
+      <c r="B409" t="s">
+        <v>804</v>
+      </c>
+      <c r="C409" s="5">
+        <v>3.65</v>
+      </c>
+      <c r="D409" s="6" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" s="3">
+        <v>5052</v>
+      </c>
+      <c r="B410" t="s">
+        <v>806</v>
+      </c>
+      <c r="C410" s="5">
+        <v>6.75</v>
+      </c>
+      <c r="D410" s="6" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" s="3">
+        <v>4338</v>
+      </c>
+      <c r="B411" t="s">
+        <v>808</v>
+      </c>
+      <c r="C411" s="5">
+        <v>14.25</v>
+      </c>
+      <c r="D411" s="6" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" s="3">
+        <v>4945</v>
+      </c>
+      <c r="B412" t="s">
+        <v>810</v>
+      </c>
+      <c r="C412" s="5">
+        <v>9.25</v>
+      </c>
+      <c r="D412" s="6" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" s="3">
+        <v>4949</v>
+      </c>
+      <c r="B413" t="s">
+        <v>812</v>
+      </c>
+      <c r="C413" s="5">
+        <v>11.75</v>
+      </c>
+      <c r="D413" s="6" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" s="3">
+        <v>4985</v>
+      </c>
+      <c r="B414" t="s">
+        <v>814</v>
+      </c>
+      <c r="C414" s="5">
+        <v>12.0</v>
+      </c>
+      <c r="D414" s="6" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" s="3">
+        <v>7813</v>
+      </c>
+      <c r="B415" t="s">
+        <v>816</v>
+      </c>
+      <c r="C415" s="5">
+        <v>4.25</v>
+      </c>
+      <c r="D415" s="6" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" s="3">
+        <v>4967</v>
+      </c>
+      <c r="B416" t="s">
+        <v>818</v>
+      </c>
+      <c r="C416" s="5">
+        <v>3.54</v>
+      </c>
+      <c r="D416" s="6" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" s="3">
+        <v>4968</v>
+      </c>
+      <c r="B417" t="s">
+        <v>820</v>
+      </c>
+      <c r="C417" s="5">
+        <v>4.72</v>
+      </c>
+      <c r="D417" s="6" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" s="3">
+        <v>4969</v>
+      </c>
+      <c r="B418" t="s">
+        <v>822</v>
+      </c>
+      <c r="C418" s="5">
+        <v>4.75</v>
+      </c>
+      <c r="D418" s="6" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" s="3">
+        <v>4982</v>
+      </c>
+      <c r="B419" t="s">
+        <v>824</v>
+      </c>
+      <c r="C419" s="5">
+        <v>12.0</v>
+      </c>
+      <c r="D419" s="6" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" s="3">
+        <v>4966</v>
+      </c>
+      <c r="B420" t="s">
+        <v>826</v>
+      </c>
+      <c r="C420" s="5">
+        <v>15.0</v>
+      </c>
+      <c r="D420" s="6" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" s="3">
+        <v>4908</v>
+      </c>
+      <c r="B421" t="s">
+        <v>828</v>
+      </c>
+      <c r="C421" s="5">
+        <v>6.5</v>
+      </c>
+      <c r="D421" s="6" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" s="3">
+        <v>4917</v>
+      </c>
+      <c r="B422" t="s">
+        <v>830</v>
+      </c>
+      <c r="C422" s="5">
+        <v>4.75</v>
+      </c>
+      <c r="D422" s="6" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" s="3">
+        <v>4581</v>
+      </c>
+      <c r="B423" t="s">
+        <v>832</v>
+      </c>
+      <c r="C423" s="5">
+        <v>125.0</v>
+      </c>
+      <c r="D423" s="6" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="3">
+        <v>4310</v>
+      </c>
+      <c r="B424" t="s">
+        <v>834</v>
+      </c>
+      <c r="C424" s="5">
+        <v>48.0</v>
+      </c>
+      <c r="D424" s="6" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="3">
+        <v>4273</v>
+      </c>
+      <c r="B425" t="s">
+        <v>535</v>
+      </c>
+      <c r="C425" s="5">
+        <v>12.0</v>
+      </c>
+      <c r="D425" s="6" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" s="3">
+        <v>4309</v>
+      </c>
+      <c r="B426" t="s">
+        <v>837</v>
+      </c>
+      <c r="C426" s="5">
+        <v>8.2</v>
+      </c>
+      <c r="D426" s="6" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" s="3">
+        <v>4388</v>
+      </c>
+      <c r="B427" t="s">
+        <v>839</v>
+      </c>
+      <c r="C427" s="5">
+        <v>5.25</v>
+      </c>
+      <c r="D427" s="6" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" s="3">
+        <v>4389</v>
+      </c>
+      <c r="B428" t="s">
+        <v>841</v>
+      </c>
+      <c r="C428" s="5">
+        <v>65.0</v>
+      </c>
+      <c r="D428" s="6" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" s="3">
+        <v>4379</v>
+      </c>
+      <c r="B429" t="s">
+        <v>843</v>
+      </c>
+      <c r="C429" s="5">
+        <v>72.0</v>
+      </c>
+      <c r="D429" s="6" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" s="3">
+        <v>4304</v>
+      </c>
+      <c r="B430" t="s">
+        <v>845</v>
+      </c>
+      <c r="C430" s="5">
+        <v>6.75</v>
+      </c>
+      <c r="D430" s="6" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" s="3">
+        <v>3927</v>
+      </c>
+      <c r="B431" t="s">
+        <v>847</v>
+      </c>
+      <c r="C431" s="5">
+        <v>78.0</v>
+      </c>
+      <c r="D431" s="6" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="3">
         <v>3908</v>
       </c>
-      <c r="B354" t="s">
-[...2 lines deleted...]
-      <c r="C354" s="5">
+      <c r="B432" t="s">
+        <v>331</v>
+      </c>
+      <c r="C432" s="5">
         <v>14.16</v>
       </c>
-      <c r="D354" s="6" t="s">
-        <v>693</v>
+      <c r="D432" s="6" t="s">
+        <v>849</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_21"/>
@@ -7786,50 +9346,128 @@
     <hyperlink ref="D330" r:id="rId_hyperlink_328"/>
     <hyperlink ref="D331" r:id="rId_hyperlink_329"/>
     <hyperlink ref="D332" r:id="rId_hyperlink_330"/>
     <hyperlink ref="D333" r:id="rId_hyperlink_331"/>
     <hyperlink ref="D334" r:id="rId_hyperlink_332"/>
     <hyperlink ref="D335" r:id="rId_hyperlink_333"/>
     <hyperlink ref="D336" r:id="rId_hyperlink_334"/>
     <hyperlink ref="D337" r:id="rId_hyperlink_335"/>
     <hyperlink ref="D338" r:id="rId_hyperlink_336"/>
     <hyperlink ref="D339" r:id="rId_hyperlink_337"/>
     <hyperlink ref="D340" r:id="rId_hyperlink_338"/>
     <hyperlink ref="D341" r:id="rId_hyperlink_339"/>
     <hyperlink ref="D342" r:id="rId_hyperlink_340"/>
     <hyperlink ref="D343" r:id="rId_hyperlink_341"/>
     <hyperlink ref="D344" r:id="rId_hyperlink_342"/>
     <hyperlink ref="D345" r:id="rId_hyperlink_343"/>
     <hyperlink ref="D346" r:id="rId_hyperlink_344"/>
     <hyperlink ref="D347" r:id="rId_hyperlink_345"/>
     <hyperlink ref="D348" r:id="rId_hyperlink_346"/>
     <hyperlink ref="D349" r:id="rId_hyperlink_347"/>
     <hyperlink ref="D350" r:id="rId_hyperlink_348"/>
     <hyperlink ref="D351" r:id="rId_hyperlink_349"/>
     <hyperlink ref="D352" r:id="rId_hyperlink_350"/>
     <hyperlink ref="D353" r:id="rId_hyperlink_351"/>
     <hyperlink ref="D354" r:id="rId_hyperlink_352"/>
+    <hyperlink ref="D355" r:id="rId_hyperlink_353"/>
+    <hyperlink ref="D356" r:id="rId_hyperlink_354"/>
+    <hyperlink ref="D357" r:id="rId_hyperlink_355"/>
+    <hyperlink ref="D358" r:id="rId_hyperlink_356"/>
+    <hyperlink ref="D359" r:id="rId_hyperlink_357"/>
+    <hyperlink ref="D360" r:id="rId_hyperlink_358"/>
+    <hyperlink ref="D361" r:id="rId_hyperlink_359"/>
+    <hyperlink ref="D362" r:id="rId_hyperlink_360"/>
+    <hyperlink ref="D363" r:id="rId_hyperlink_361"/>
+    <hyperlink ref="D364" r:id="rId_hyperlink_362"/>
+    <hyperlink ref="D365" r:id="rId_hyperlink_363"/>
+    <hyperlink ref="D366" r:id="rId_hyperlink_364"/>
+    <hyperlink ref="D367" r:id="rId_hyperlink_365"/>
+    <hyperlink ref="D368" r:id="rId_hyperlink_366"/>
+    <hyperlink ref="D369" r:id="rId_hyperlink_367"/>
+    <hyperlink ref="D370" r:id="rId_hyperlink_368"/>
+    <hyperlink ref="D371" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="D372" r:id="rId_hyperlink_370"/>
+    <hyperlink ref="D373" r:id="rId_hyperlink_371"/>
+    <hyperlink ref="D374" r:id="rId_hyperlink_372"/>
+    <hyperlink ref="D375" r:id="rId_hyperlink_373"/>
+    <hyperlink ref="D376" r:id="rId_hyperlink_374"/>
+    <hyperlink ref="D377" r:id="rId_hyperlink_375"/>
+    <hyperlink ref="D378" r:id="rId_hyperlink_376"/>
+    <hyperlink ref="D379" r:id="rId_hyperlink_377"/>
+    <hyperlink ref="D380" r:id="rId_hyperlink_378"/>
+    <hyperlink ref="D381" r:id="rId_hyperlink_379"/>
+    <hyperlink ref="D382" r:id="rId_hyperlink_380"/>
+    <hyperlink ref="D383" r:id="rId_hyperlink_381"/>
+    <hyperlink ref="D384" r:id="rId_hyperlink_382"/>
+    <hyperlink ref="D385" r:id="rId_hyperlink_383"/>
+    <hyperlink ref="D386" r:id="rId_hyperlink_384"/>
+    <hyperlink ref="D387" r:id="rId_hyperlink_385"/>
+    <hyperlink ref="D388" r:id="rId_hyperlink_386"/>
+    <hyperlink ref="D389" r:id="rId_hyperlink_387"/>
+    <hyperlink ref="D390" r:id="rId_hyperlink_388"/>
+    <hyperlink ref="D391" r:id="rId_hyperlink_389"/>
+    <hyperlink ref="D392" r:id="rId_hyperlink_390"/>
+    <hyperlink ref="D393" r:id="rId_hyperlink_391"/>
+    <hyperlink ref="D394" r:id="rId_hyperlink_392"/>
+    <hyperlink ref="D395" r:id="rId_hyperlink_393"/>
+    <hyperlink ref="D396" r:id="rId_hyperlink_394"/>
+    <hyperlink ref="D397" r:id="rId_hyperlink_395"/>
+    <hyperlink ref="D398" r:id="rId_hyperlink_396"/>
+    <hyperlink ref="D399" r:id="rId_hyperlink_397"/>
+    <hyperlink ref="D400" r:id="rId_hyperlink_398"/>
+    <hyperlink ref="D401" r:id="rId_hyperlink_399"/>
+    <hyperlink ref="D402" r:id="rId_hyperlink_400"/>
+    <hyperlink ref="D403" r:id="rId_hyperlink_401"/>
+    <hyperlink ref="D404" r:id="rId_hyperlink_402"/>
+    <hyperlink ref="D405" r:id="rId_hyperlink_403"/>
+    <hyperlink ref="D406" r:id="rId_hyperlink_404"/>
+    <hyperlink ref="D407" r:id="rId_hyperlink_405"/>
+    <hyperlink ref="D408" r:id="rId_hyperlink_406"/>
+    <hyperlink ref="D409" r:id="rId_hyperlink_407"/>
+    <hyperlink ref="D410" r:id="rId_hyperlink_408"/>
+    <hyperlink ref="D411" r:id="rId_hyperlink_409"/>
+    <hyperlink ref="D412" r:id="rId_hyperlink_410"/>
+    <hyperlink ref="D413" r:id="rId_hyperlink_411"/>
+    <hyperlink ref="D414" r:id="rId_hyperlink_412"/>
+    <hyperlink ref="D415" r:id="rId_hyperlink_413"/>
+    <hyperlink ref="D416" r:id="rId_hyperlink_414"/>
+    <hyperlink ref="D417" r:id="rId_hyperlink_415"/>
+    <hyperlink ref="D418" r:id="rId_hyperlink_416"/>
+    <hyperlink ref="D419" r:id="rId_hyperlink_417"/>
+    <hyperlink ref="D420" r:id="rId_hyperlink_418"/>
+    <hyperlink ref="D421" r:id="rId_hyperlink_419"/>
+    <hyperlink ref="D422" r:id="rId_hyperlink_420"/>
+    <hyperlink ref="D423" r:id="rId_hyperlink_421"/>
+    <hyperlink ref="D424" r:id="rId_hyperlink_422"/>
+    <hyperlink ref="D425" r:id="rId_hyperlink_423"/>
+    <hyperlink ref="D426" r:id="rId_hyperlink_424"/>
+    <hyperlink ref="D427" r:id="rId_hyperlink_425"/>
+    <hyperlink ref="D428" r:id="rId_hyperlink_426"/>
+    <hyperlink ref="D429" r:id="rId_hyperlink_427"/>
+    <hyperlink ref="D430" r:id="rId_hyperlink_428"/>
+    <hyperlink ref="D431" r:id="rId_hyperlink_429"/>
+    <hyperlink ref="D432" r:id="rId_hyperlink_430"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>