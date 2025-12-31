--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/switches-with-leds</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Nov-2025 11:49:51</t>
+    <t>31-Dec-2025 10:03:06</t>
   </si>
   <si>
     <t>Switch with Red LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5482</t>
   </si>
   <si>
     <t>Switch with Blue LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5483</t>
   </si>
   <si>
     <t>Switch with Yellow LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5484</t>
   </si>
   <si>
     <t>Switch with Green LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5485</t>
   </si>