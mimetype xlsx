--- v1 (2025-12-31)
+++ v2 (2026-03-13)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/switches-with-leds</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>31-Dec-2025 10:03:06</t>
+    <t>13-Mar-2026 11:37:36</t>
   </si>
   <si>
     <t>Switch with Red LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5482</t>
   </si>
   <si>
     <t>Switch with Blue LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5483</t>
   </si>
   <si>
     <t>Switch with Yellow LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5484</t>
   </si>
   <si>
     <t>Switch with Green LED 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5485</t>
   </si>