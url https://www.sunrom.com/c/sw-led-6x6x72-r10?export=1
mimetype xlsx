--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-led-6x6x72-r10</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>26-Oct-2025 04:35:15</t>
+    <t>11-Dec-2025 14:22:35</t>
   </si>
   <si>
     <t>Power Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7960</t>
   </si>
   <si>
     <t>Power Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7961</t>
   </si>
   <si>
     <t>Circle Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7962</t>
   </si>
   <si>
     <t>Circle Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7963</t>
   </si>