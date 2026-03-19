--- v1 (2025-12-11)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-led-6x6x72-r10</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Dec-2025 14:22:35</t>
+    <t>19-Mar-2026 11:54:31</t>
   </si>
   <si>
     <t>Power Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7960</t>
   </si>
   <si>
     <t>Power Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7961</t>
   </si>
   <si>
     <t>Circle Black Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7962</t>
   </si>
   <si>
     <t>Circle Silver Cap R10 for Switch 6x6x7.2H LED</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7963</t>
   </si>