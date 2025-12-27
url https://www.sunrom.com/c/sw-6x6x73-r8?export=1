--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6x73-r8</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>11-Nov-2025 15:30:29</t>
+    <t>27-Dec-2025 16:11:39</t>
   </si>
   <si>
     <t>White Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7755</t>
   </si>
   <si>
     <t>Red Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7756</t>
   </si>
   <si>
     <t>Yellow Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7757</t>
   </si>
   <si>
     <t>Blue Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7758</t>
   </si>