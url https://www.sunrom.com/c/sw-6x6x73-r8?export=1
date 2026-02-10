--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6x73-r8</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>27-Dec-2025 16:11:39</t>
+    <t>10-Feb-2026 18:36:53</t>
   </si>
   <si>
     <t>White Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7755</t>
   </si>
   <si>
     <t>Red Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7756</t>
   </si>
   <si>
     <t>Yellow Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7757</t>
   </si>
   <si>
     <t>Blue Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7758</t>
   </si>