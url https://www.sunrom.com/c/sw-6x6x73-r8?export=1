--- v2 (2026-02-10)
+++ v3 (2026-03-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6x73-r8</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>10-Feb-2026 18:36:53</t>
+    <t>29-Mar-2026 00:39:56</t>
   </si>
   <si>
     <t>White Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7755</t>
   </si>
   <si>
     <t>Red Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7756</t>
   </si>
   <si>
     <t>Yellow Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7757</t>
   </si>
   <si>
     <t>Blue Cap R8 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7758</t>
   </si>