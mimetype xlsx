--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6x73-r6</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:56:13</t>
+    <t>22-Nov-2025 15:35:26</t>
   </si>
   <si>
     <t>Black Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6429</t>
   </si>
   <si>
     <t>Red Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6430</t>
   </si>
   <si>
     <t>Green Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6431</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">