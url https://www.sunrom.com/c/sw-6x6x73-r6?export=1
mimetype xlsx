--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6x73-r6</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 15:35:26</t>
+    <t>08-Jan-2026 04:13:08</t>
   </si>
   <si>
     <t>Black Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6429</t>
   </si>
   <si>
     <t>Red Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6430</t>
   </si>
   <si>
     <t>Green Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6431</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">