--- v2 (2026-01-07)
+++ v3 (2026-03-12)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6x73-r6</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:13:08</t>
+    <t>13-Mar-2026 00:23:18</t>
   </si>
   <si>
     <t>Black Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6429</t>
   </si>
   <si>
     <t>Red Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6430</t>
   </si>
   <si>
     <t>Green Cap for 6x6x7.3mm and 6x6x10mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6431</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">