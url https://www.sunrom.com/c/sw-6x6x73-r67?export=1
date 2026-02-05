--- v0 (2025-10-25)
+++ v1 (2026-02-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6x73-r67</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>25-Oct-2025 11:53:04</t>
+    <t>06-Feb-2026 03:48:12</t>
   </si>
   <si>
     <t>Black Cap R6.7 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7774</t>
   </si>
   <si>
     <t>White Cap R6.7 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7775</t>
   </si>
   <si>
     <t>Red Cap R6.7 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7776</t>
   </si>
   <si>
     <t>Yellow Cap R6.7 Square Stem 2.4mm for Switches 6x6x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7777</t>
   </si>