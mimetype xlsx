--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r62</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>03-Nov-2025 10:30:35</t>
+    <t>17-Jan-2026 05:46:25</t>
   </si>
   <si>
     <t>Black Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7637</t>
   </si>
   <si>
     <t>Yellow Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7642</t>
   </si>
   <si>
     <t>White Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7638</t>
   </si>
   <si>
     <t>Blue Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7639</t>
   </si>