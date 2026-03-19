--- v1 (2026-01-17)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r62</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>17-Jan-2026 05:46:25</t>
+    <t>19-Mar-2026 21:28:25</t>
   </si>
   <si>
     <t>Black Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7637</t>
   </si>
   <si>
     <t>Yellow Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7642</t>
   </si>
   <si>
     <t>White Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7638</t>
   </si>
   <si>
     <t>Blue Cap R6.2 ID=3.1 for Switch 6x6 9H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7639</t>
   </si>