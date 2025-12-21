--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r55</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>06-Nov-2025 17:29:34</t>
+    <t>21-Dec-2025 20:49:32</t>
   </si>
   <si>
     <t>Gray Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6508</t>
   </si>
   <si>
     <t>Blue Cap R5.5 ID=3.1 for Switch 6x6 10H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6227</t>
   </si>
   <si>
     <t>White Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5883</t>
   </si>
   <si>
     <t>Red Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5884</t>
   </si>