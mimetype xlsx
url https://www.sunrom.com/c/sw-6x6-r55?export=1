--- v1 (2025-12-21)
+++ v2 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r55</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 20:49:32</t>
+    <t>21-Dec-2025 22:13:49</t>
   </si>
   <si>
     <t>Gray Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6508</t>
   </si>
   <si>
     <t>Blue Cap R5.5 ID=3.1 for Switch 6x6 10H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6227</t>
   </si>
   <si>
     <t>White Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5883</t>
   </si>
   <si>
     <t>Red Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5884</t>
   </si>