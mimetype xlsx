--- v2 (2025-12-21)
+++ v3 (2026-02-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r55</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Dec-2025 22:13:49</t>
+    <t>05-Feb-2026 02:17:04</t>
   </si>
   <si>
     <t>Gray Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6508</t>
   </si>
   <si>
     <t>Blue Cap R5.5 ID=3.1 for Switch 6x6 10H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6227</t>
   </si>
   <si>
     <t>White Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5883</t>
   </si>
   <si>
     <t>Red Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5884</t>
   </si>