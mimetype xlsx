--- v3 (2026-02-04)
+++ v4 (2026-03-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r55</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 02:17:04</t>
+    <t>22-Mar-2026 05:42:56</t>
   </si>
   <si>
     <t>Gray Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6508</t>
   </si>
   <si>
     <t>Blue Cap R5.5 ID=3.1 for Switch 6x6 10H-16H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6227</t>
   </si>
   <si>
     <t>White Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5883</t>
   </si>
   <si>
     <t>Red Cap R5.5 ID=3.4 for Switch 6x6 7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5884</t>
   </si>