--- v0 (2025-10-04)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r10</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:29:21</t>
+    <t>22-Nov-2025 15:36:36</t>
   </si>
   <si>
     <t>Black Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7798</t>
   </si>
   <si>
     <t>Red Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7799</t>
   </si>
   <si>
     <t>Green Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7800</t>
   </si>
   <si>
     <t>Gray Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7801</t>
   </si>