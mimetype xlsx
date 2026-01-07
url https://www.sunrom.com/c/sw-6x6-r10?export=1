--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r10</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 15:36:36</t>
+    <t>08-Jan-2026 04:12:20</t>
   </si>
   <si>
     <t>Black Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7798</t>
   </si>
   <si>
     <t>Red Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7799</t>
   </si>
   <si>
     <t>Green Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7800</t>
   </si>
   <si>
     <t>Gray Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7801</t>
   </si>