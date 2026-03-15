--- v2 (2026-01-07)
+++ v3 (2026-03-15)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-6x6-r10</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:12:20</t>
+    <t>15-Mar-2026 18:42:54</t>
   </si>
   <si>
     <t>Black Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7798</t>
   </si>
   <si>
     <t>Red Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7799</t>
   </si>
   <si>
     <t>Green Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7800</t>
   </si>
   <si>
     <t>Gray Cap for 6x6 Switches</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7801</t>
   </si>