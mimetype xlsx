--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-45x45-r6x7</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>06-Nov-2025 21:21:11</t>
+    <t>22-Dec-2025 00:06:29</t>
   </si>
   <si>
     <t>Black Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7780</t>
   </si>
   <si>
     <t>White Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7781</t>
   </si>
   <si>
     <t>Red Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7782</t>
   </si>
   <si>
     <t>Yellow Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7783</t>
   </si>