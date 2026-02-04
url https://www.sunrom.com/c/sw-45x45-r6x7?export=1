--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-45x45-r6x7</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Dec-2025 00:06:29</t>
+    <t>05-Feb-2026 02:10:59</t>
   </si>
   <si>
     <t>Black Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7780</t>
   </si>
   <si>
     <t>White Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7781</t>
   </si>
   <si>
     <t>Red Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7782</t>
   </si>
   <si>
     <t>Yellow Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7783</t>
   </si>