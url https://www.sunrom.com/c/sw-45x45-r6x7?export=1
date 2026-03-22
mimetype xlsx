--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-45x45-r6x7</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>05-Feb-2026 02:10:59</t>
+    <t>22-Mar-2026 05:58:07</t>
   </si>
   <si>
     <t>Black Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7780</t>
   </si>
   <si>
     <t>White Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7781</t>
   </si>
   <si>
     <t>Red Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7782</t>
   </si>
   <si>
     <t>Yellow Cap R6x7 for Switch 4.5x4.5 6H-7H-8H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7783</t>
   </si>