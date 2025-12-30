--- v0 (2025-10-04)
+++ v1 (2025-12-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12x73-s92</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:17:49</t>
+    <t>30-Dec-2025 12:33:32</t>
   </si>
   <si>
     <t>Black Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7792</t>
   </si>
   <si>
     <t>White Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7793</t>
   </si>
   <si>
     <t>Red Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7794</t>
   </si>
   <si>
     <t>Blue Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7795</t>
   </si>