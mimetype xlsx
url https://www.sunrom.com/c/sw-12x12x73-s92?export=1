--- v1 (2025-12-30)
+++ v2 (2026-02-28)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12x73-s92</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Dec-2025 12:33:32</t>
+    <t>28-Feb-2026 09:08:11</t>
   </si>
   <si>
     <t>Black Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7792</t>
   </si>
   <si>
     <t>White Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7793</t>
   </si>
   <si>
     <t>Red Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7794</t>
   </si>
   <si>
     <t>Blue Cap S9.2 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7795</t>
   </si>