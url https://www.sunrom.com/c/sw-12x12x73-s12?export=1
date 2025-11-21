--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12x73-s12</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:11:02</t>
+    <t>22-Nov-2025 00:37:29</t>
   </si>
   <si>
     <t>Black Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7802</t>
   </si>
   <si>
     <t>White Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7803</t>
   </si>
   <si>
     <t>Red Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7804</t>
   </si>
   <si>
     <t>Yellow Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7805</t>
   </si>