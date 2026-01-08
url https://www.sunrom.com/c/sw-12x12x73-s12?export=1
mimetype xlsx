--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12x73-s12</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:37:29</t>
+    <t>08-Jan-2026 23:11:01</t>
   </si>
   <si>
     <t>Black Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7802</t>
   </si>
   <si>
     <t>White Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7803</t>
   </si>
   <si>
     <t>Red Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7804</t>
   </si>
   <si>
     <t>Yellow Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7805</t>
   </si>