--- v2 (2026-01-08)
+++ v3 (2026-03-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12x73-s12</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 23:11:01</t>
+    <t>07-Mar-2026 11:11:04</t>
   </si>
   <si>
     <t>Black Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7802</t>
   </si>
   <si>
     <t>White Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7803</t>
   </si>
   <si>
     <t>Red Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7804</t>
   </si>
   <si>
     <t>Yellow Cap S12 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7805</t>
   </si>