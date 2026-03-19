--- v0 (2025-12-24)
+++ v1 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12x73-r89</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>25-Dec-2025 04:15:36</t>
+    <t>20-Mar-2026 00:04:38</t>
   </si>
   <si>
     <t>Black Cap R8.9 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7767</t>
   </si>
   <si>
     <t>White Cap R8.9 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7768</t>
   </si>
   <si>
     <t>Red Cap R8.9 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7769</t>
   </si>
   <si>
     <t>Yellow Cap R8.9 Square Stem 3.8mm for Switches 12x12x7.3mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7770</t>
   </si>