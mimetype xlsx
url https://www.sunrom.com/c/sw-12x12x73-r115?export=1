--- v0 (2025-10-14)
+++ v1 (2025-12-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12x73-r115</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>15-Oct-2025 00:25:15</t>
+    <t>29-Dec-2025 12:50:56</t>
   </si>
   <si>
     <t>Black Round Cap R11.5 for 3.8 Square Head</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4339</t>
   </si>
   <si>
     <t>Red Round Cap R11.5 for 3.8 Square Head</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5039</t>
   </si>
   <si>
     <t>Blue Round Cap R11.5 for 3.8 Square Head</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5040</t>
   </si>
   <si>
     <t>Yellow Round Cap R11.5 for 3.8 Square Head</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5041</t>
   </si>