--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12-r115</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:31:36</t>
+    <t>22-Nov-2025 00:36:52</t>
   </si>
   <si>
     <t>Gray Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7899</t>
   </si>
   <si>
     <t>Green Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7900</t>
   </si>
   <si>
     <t>Red Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7901</t>
   </si>
   <si>
     <t>Black Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7902</t>
   </si>