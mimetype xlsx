--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12-r115</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 00:36:52</t>
+    <t>08-Jan-2026 04:12:20</t>
   </si>
   <si>
     <t>Gray Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7899</t>
   </si>
   <si>
     <t>Green Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7900</t>
   </si>
   <si>
     <t>Red Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7901</t>
   </si>
   <si>
     <t>Black Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7902</t>
   </si>