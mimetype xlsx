--- v2 (2026-01-07)
+++ v3 (2026-03-05)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sw-12x12-r115</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 04:12:20</t>
+    <t>05-Mar-2026 16:16:58</t>
   </si>
   <si>
     <t>Gray Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7899</t>
   </si>
   <si>
     <t>Green Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7900</t>
   </si>
   <si>
     <t>Red Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7901</t>
   </si>
   <si>
     <t>Black Cap R11.5 ID=6.4 for Switch 12x12 7H to 14H</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7902</t>
   </si>