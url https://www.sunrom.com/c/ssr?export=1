--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ssr</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Oct-2025 00:03:39</t>
+    <t>09-Dec-2025 01:57:50</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(24V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5499</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(12V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5344</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(5V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">