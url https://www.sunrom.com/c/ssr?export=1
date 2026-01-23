--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ssr</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>09-Dec-2025 01:57:50</t>
+    <t>23-Jan-2026 21:27:23</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(24V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5499</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(12V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5344</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(5V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">