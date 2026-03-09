--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/ssr</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>23-Jan-2026 21:27:23</t>
+    <t>10-Mar-2026 02:09:23</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(24V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5499</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(12V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5344</t>
   </si>
   <si>
     <t>Solid State Relay(SSR) DC(5V) - AC(100-240V) 2A</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/4128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">