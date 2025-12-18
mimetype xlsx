--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/spacers-hex-no-threads</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 15:06:46</t>
+    <t>18-Dec-2025 11:48:14</t>
   </si>
   <si>
     <t>30mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6525</t>
   </si>
   <si>
     <t>25mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6526</t>
   </si>
   <si>
     <t>20mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6527</t>
   </si>
   <si>
     <t>15mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6528</t>
   </si>