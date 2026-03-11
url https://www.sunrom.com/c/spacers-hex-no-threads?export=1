--- v1 (2025-12-18)
+++ v2 (2026-03-11)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/spacers-hex-no-threads</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 11:48:14</t>
+    <t>11-Mar-2026 13:25:26</t>
   </si>
   <si>
     <t>30mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6525</t>
   </si>
   <si>
     <t>25mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6526</t>
   </si>
   <si>
     <t>20mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6527</t>
   </si>
   <si>
     <t>15mm Black Nylon 3.5mm Hole Hex Spacer</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6528</t>
   </si>