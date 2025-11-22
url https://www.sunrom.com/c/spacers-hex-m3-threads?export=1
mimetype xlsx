--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/spacers-hex-m3-threads</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 01:53:32</t>
+    <t>22-Nov-2025 15:35:00</t>
   </si>
   <si>
     <t>10mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7045</t>
   </si>
   <si>
     <t>12mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7046</t>
   </si>
   <si>
     <t>15mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7047</t>
   </si>
   <si>
     <t>20mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7048</t>
   </si>