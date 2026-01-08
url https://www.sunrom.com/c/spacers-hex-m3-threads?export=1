--- v1 (2025-11-22)
+++ v2 (2026-01-08)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/spacers-hex-m3-threads</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>22-Nov-2025 15:35:00</t>
+    <t>08-Jan-2026 21:30:07</t>
   </si>
   <si>
     <t>10mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7045</t>
   </si>
   <si>
     <t>12mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7046</t>
   </si>
   <si>
     <t>15mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7047</t>
   </si>
   <si>
     <t>20mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7048</t>
   </si>