--- v2 (2026-01-08)
+++ v3 (2026-03-03)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/spacers-hex-m3-threads</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>08-Jan-2026 21:30:07</t>
+    <t>03-Mar-2026 10:32:35</t>
   </si>
   <si>
     <t>10mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7045</t>
   </si>
   <si>
     <t>12mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7046</t>
   </si>
   <si>
     <t>15mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7047</t>
   </si>
   <si>
     <t>20mm Hex Spacers with M3 inside female thread</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7048</t>
   </si>