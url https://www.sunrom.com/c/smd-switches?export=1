--- v0 (2026-01-28)
+++ v1 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/smd-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>28-Jan-2026 13:30:54</t>
+    <t>19-Mar-2026 17:17:18</t>
   </si>
   <si>
     <t>Tactile Switch SMD 2P Side 3.9x2.9mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7607</t>
   </si>
   <si>
     <t>Tactile Switch SMD 4P Side 3.5x4.7mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7606</t>
   </si>
   <si>
     <t>Tactile Switch SMD 4P 3x3x1.5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7615</t>
   </si>
   <si>
     <t>Tactile Switch SMD 3x4x2.5mm ALPS SKRP Series</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/6040</t>
   </si>