--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/slide-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>02-Nov-2025 14:57:05</t>
+    <t>19-Dec-2025 05:32:26</t>
   </si>
   <si>
     <t>Slide Switch TH Vertical - 3 pins - 1 circuits - 2 positions</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7507</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7511</t>
   </si>
   <si>
     <t>Slide Switch TH Vertical - 6 pins - 2 circuits - 3 positions</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7512</t>
   </si>
   <si>
     <t>Slide Switch TH Horizontal - 3 pins - 1 circuits - 2 positions Knob 2mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7513</t>
   </si>
   <si>
     <t>Slide Switch TH Horizontal - 3 pins - 1 circuits - 2 positions Knob 3mm</t>
   </si>