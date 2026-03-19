--- v1 (2025-12-19)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/slide-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>19-Dec-2025 05:32:26</t>
+    <t>19-Mar-2026 21:18:14</t>
   </si>
   <si>
     <t>Slide Switch TH Vertical - 3 pins - 1 circuits - 2 positions</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7507</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7511</t>
   </si>
   <si>
     <t>Slide Switch TH Vertical - 6 pins - 2 circuits - 3 positions</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7512</t>
   </si>
   <si>
     <t>Slide Switch TH Horizontal - 3 pins - 1 circuits - 2 positions Knob 2mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7513</t>
   </si>
   <si>
     <t>Slide Switch TH Horizontal - 3 pins - 1 circuits - 2 positions Knob 3mm</t>
   </si>