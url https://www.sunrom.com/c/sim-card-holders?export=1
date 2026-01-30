--- v0 (2025-10-04)
+++ v1 (2026-01-30)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sim-card-holders</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:09:49</t>
+    <t>30-Jan-2026 09:48:11</t>
   </si>
   <si>
     <t>SIM Card Holder 9 Pin</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7424</t>
   </si>
   <si>
     <t>Nano SIM card Socket - 7 Pins – MUP-C7801-2</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7433</t>
   </si>
   <si>
     <t>Micro SIM Card Socket - 6 pin - Slide Out Metal Cover MUP-C790</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7434</t>
   </si>
   <si>
     <t>SIM Card Holder - 6 pin - Push In - Eject Yellow Pin - SIM Tray</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5514</t>
   </si>