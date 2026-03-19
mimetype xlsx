--- v1 (2026-01-30)
+++ v2 (2026-03-19)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/sim-card-holders</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>30-Jan-2026 09:48:11</t>
+    <t>19-Mar-2026 22:38:51</t>
   </si>
   <si>
     <t>SIM Card Holder 9 Pin</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7424</t>
   </si>
   <si>
     <t>Nano SIM card Socket - 7 Pins – MUP-C7801-2</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7433</t>
   </si>
   <si>
     <t>Micro SIM Card Socket - 6 pin - Slide Out Metal Cover MUP-C790</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7434</t>
   </si>
   <si>
     <t>SIM Card Holder - 6 pin - Push In - Eject Yellow Pin - SIM Tray</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/5514</t>
   </si>