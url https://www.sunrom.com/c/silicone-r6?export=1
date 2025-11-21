--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silicone-r6</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Oct-2025 03:52:01</t>
+    <t>21-Nov-2025 06:16:49</t>
   </si>
   <si>
     <t>White Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7243</t>
   </si>
   <si>
     <t>Transparent Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7055</t>
   </si>
   <si>
     <t>Black Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7056</t>
   </si>
   <si>
     <t>Red Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7057</t>
   </si>