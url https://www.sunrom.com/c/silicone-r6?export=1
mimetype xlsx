--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silicone-r6</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:16:49</t>
+    <t>06-Jan-2026 13:20:02</t>
   </si>
   <si>
     <t>White Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7243</t>
   </si>
   <si>
     <t>Transparent Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7055</t>
   </si>
   <si>
     <t>Black Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7056</t>
   </si>
   <si>
     <t>Red Soft Silicone Switch Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7057</t>
   </si>