--- v0 (2025-12-18)
+++ v1 (2026-02-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silicone-r61</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 06:47:55</t>
+    <t>16-Feb-2026 05:56:57</t>
   </si>
   <si>
     <t>Black Cap Silicone R6.1</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7761</t>
   </si>
   <si>
     <t>White Cap Silicone R6.1</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7762</t>
   </si>
   <si>
     <t>Transparent Cap Silicone R6.1</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7763</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">