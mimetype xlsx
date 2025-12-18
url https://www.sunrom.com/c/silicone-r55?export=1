--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silicone-r55</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>03-Nov-2025 07:03:54</t>
+    <t>18-Dec-2025 13:55:26</t>
   </si>
   <si>
     <t>Black Cap Silicone R5.5</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7786</t>
   </si>
   <si>
     <t>White Cap Silicone R5.5</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7787</t>
   </si>
   <si>
     <t>Red Cap Silicone R5.5</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7788</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">