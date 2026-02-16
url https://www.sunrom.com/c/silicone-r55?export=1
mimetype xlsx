--- v1 (2025-12-18)
+++ v2 (2026-02-16)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silicone-r55</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>18-Dec-2025 13:55:26</t>
+    <t>17-Feb-2026 02:58:08</t>
   </si>
   <si>
     <t>Black Cap Silicone R5.5</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7786</t>
   </si>
   <si>
     <t>White Cap Silicone R5.5</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7787</t>
   </si>
   <si>
     <t>Red Cap Silicone R5.5</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7788</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">