--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silent-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>04-Oct-2025 14:08:49</t>
+    <t>21-Nov-2025 06:15:53</t>
   </si>
   <si>
     <t>Switch 4P 8x8x5mm - Silent Silicone Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7633</t>
   </si>
   <si>
     <t>Silent Switch SMD 6x6x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7530</t>
   </si>
   <si>
     <t>Switch 2P 8x8x5mm - Silent Silicone Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7518</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">