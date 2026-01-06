--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silent-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>21-Nov-2025 06:15:53</t>
+    <t>07-Jan-2026 02:57:21</t>
   </si>
   <si>
     <t>Switch 4P 8x8x5mm - Silent Silicone Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7633</t>
   </si>
   <si>
     <t>Silent Switch SMD 6x6x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7530</t>
   </si>
   <si>
     <t>Switch 2P 8x8x5mm - Silent Silicone Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7518</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">