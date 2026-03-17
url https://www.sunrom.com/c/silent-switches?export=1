--- v2 (2026-01-06)
+++ v3 (2026-03-17)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>URL:</t>
   </si>
   <si>
     <t>https://www.sunrom.com/c/silent-switches</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
-    <t>07-Jan-2026 02:57:21</t>
+    <t>17-Mar-2026 23:28:53</t>
   </si>
   <si>
     <t>Switch 4P 8x8x5mm - Silent Silicone Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7633</t>
   </si>
   <si>
     <t>Silent Switch SMD 6x6x5mm</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7530</t>
   </si>
   <si>
     <t>Switch 2P 8x8x5mm - Silent Silicone Cap</t>
   </si>
   <si>
     <t>https://www.sunrom.com/m/7518</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">